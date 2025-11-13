--- v0 (2025-10-10)
+++ v1 (2025-11-13)
@@ -193,51 +193,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{D0DF069A-DBBE-49E3-B6CB-5377191C540F}" v="6" dt="2025-10-05T20:49:57.065"/>
+    <p1510:client id="{4DA36807-2E6C-4394-B3E5-425B81D5BB89}" v="6" dt="2025-11-09T22:30:29.041"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -430,50 +430,247 @@
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="66" d="100"/>
           <a:sy n="66" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
+    <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{5C3DFAD7-027F-40E6-9B97-4ED27363A678}"/>
+    <pc:docChg chg="undo custSel modSld">
+      <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{5C3DFAD7-027F-40E6-9B97-4ED27363A678}" dt="2023-10-30T11:07:58.641" v="4"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{5C3DFAD7-027F-40E6-9B97-4ED27363A678}" dt="2023-10-30T11:07:58.641" v="4"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2299458728" sldId="256"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}" dt="2025-06-02T05:34:16.339" v="11"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}" dt="2025-06-02T05:34:15.650" v="9"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1133724649" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}" dt="2025-06-02T05:34:15.985" v="10"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3525475830" sldId="259"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}" dt="2025-06-02T05:34:16.339" v="11"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="896326423" sldId="267"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{818295A7-6289-4643-A2EC-E3EA5E5CDCE9}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{818295A7-6289-4643-A2EC-E3EA5E5CDCE9}" dt="2024-03-05T05:54:29.660" v="5"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}"/>
+    <pc:docChg chg="addSld delSld modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}" dt="2023-10-27T12:03:49.957" v="305"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}" dt="2023-10-27T12:03:49.957" v="305"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2299458728" sldId="256"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp del">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}" dt="2023-10-19T08:04:59.115" v="20" actId="2696"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2777581685" sldId="257"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp add mod">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}" dt="2023-10-26T11:45:02.614" v="302"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1133724649" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add del">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}" dt="2023-10-19T08:01:26.180" v="1" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2677525392" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp add mod">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}" dt="2023-10-26T11:45:03.554" v="303"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3525475830" sldId="259"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp add mod">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}" dt="2023-10-26T11:45:04.468" v="304"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="723557293" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add del">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}" dt="2023-10-23T08:38:22.027" v="106" actId="2696"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1201600217" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:29.041" v="5"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:28.340" v="3"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1133724649" sldId="258"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:28.340" v="3"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1133724649" sldId="258"/>
+            <ac:graphicFrameMk id="6" creationId="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:28.723" v="4"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3525475830" sldId="259"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:28.723" v="4"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3525475830" sldId="259"/>
+            <ac:graphicFrameMk id="6" creationId="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:29.041" v="5"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="896326423" sldId="267"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:29.041" v="5"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="896326423" sldId="267"/>
+            <ac:graphicFrameMk id="5" creationId="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}" dt="2024-10-03T09:08:52.615" v="5"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}" dt="2024-10-03T09:08:50.707" v="3"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1133724649" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}" dt="2024-10-03T09:08:51.556" v="4"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3525475830" sldId="259"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}" dt="2024-10-03T09:08:52.615" v="5"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="723557293" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
     <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{04255479-2F22-41F3-8E4E-F9A1529EEDFD}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{04255479-2F22-41F3-8E4E-F9A1529EEDFD}" dt="2025-01-02T08:58:32.248" v="3"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="delSp">
         <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{04255479-2F22-41F3-8E4E-F9A1529EEDFD}" dt="2025-01-02T08:58:32.240" v="0"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2299458728" sldId="256"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="delSp">
         <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{04255479-2F22-41F3-8E4E-F9A1529EEDFD}" dt="2025-01-02T08:58:32.248" v="1"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1133724649" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="delSp">
         <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{04255479-2F22-41F3-8E4E-F9A1529EEDFD}" dt="2025-01-02T08:58:32.248" v="2"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3525475830" sldId="259"/>
@@ -497,316 +694,207 @@
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{8487A45B-C60D-47D7-BE9A-543237A4A33B}" dt="2024-05-13T12:18:02.063" v="0"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1133724649" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{8487A45B-C60D-47D7-BE9A-543237A4A33B}" dt="2024-05-13T12:18:02.483" v="1"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3525475830" sldId="259"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{8487A45B-C60D-47D7-BE9A-543237A4A33B}" dt="2024-05-13T12:18:03.129" v="2"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="723557293" sldId="260"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
-    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{493C58BC-CFD9-4298-BF68-368117C3B1CF}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}" dt="2025-06-02T05:34:16.339" v="11"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{493C58BC-CFD9-4298-BF68-368117C3B1CF}" dt="2024-08-06T06:26:30.169" v="5"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}" dt="2025-06-02T05:34:15.650" v="9"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{493C58BC-CFD9-4298-BF68-368117C3B1CF}" dt="2024-08-06T06:26:30.169" v="5"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="723557293" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{74052A2F-3D43-45F5-9781-C9592B187308}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{74052A2F-3D43-45F5-9781-C9592B187308}" dt="2024-06-19T12:29:21.657" v="8"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{74052A2F-3D43-45F5-9781-C9592B187308}" dt="2024-06-19T12:29:20.492" v="6"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1133724649" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}" dt="2025-06-02T05:34:15.985" v="10"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{74052A2F-3D43-45F5-9781-C9592B187308}" dt="2024-06-19T12:29:21.122" v="7"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3525475830" sldId="259"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}" dt="2025-06-02T05:34:16.339" v="11"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{74052A2F-3D43-45F5-9781-C9592B187308}" dt="2024-06-19T12:29:21.657" v="8"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="723557293" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2A5FB14D-5A29-4997-95CF-E4E9827B6484}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2A5FB14D-5A29-4997-95CF-E4E9827B6484}" dt="2024-01-10T09:27:34" v="2"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1C814B71-6B21-4555-8409-1EF318E1274E}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1C814B71-6B21-4555-8409-1EF318E1274E}" dt="2025-09-07T20:56:29.174" v="2"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1C814B71-6B21-4555-8409-1EF318E1274E}" dt="2025-09-07T20:56:29.174" v="2"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="896326423" sldId="267"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F2D4F412-433C-4064-8C41-8EFE730D1438}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F2D4F412-433C-4064-8C41-8EFE730D1438}" dt="2024-04-08T08:28:36.382" v="2"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-[...19 lines deleted...]
-      </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{D0DF069A-DBBE-49E3-B6CB-5377191C540F}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{D0DF069A-DBBE-49E3-B6CB-5377191C540F}" dt="2025-10-05T20:49:57.064" v="5"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{D0DF069A-DBBE-49E3-B6CB-5377191C540F}" dt="2025-10-05T20:49:56.682" v="3"/>
-[...28 lines deleted...]
-      <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{D0DF069A-DBBE-49E3-B6CB-5377191C540F}" dt="2025-10-05T20:49:57.064" v="5"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="896326423" sldId="267"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
-    <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{5C3DFAD7-027F-40E6-9B97-4ED27363A678}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{5C3DFAD7-027F-40E6-9B97-4ED27363A678}" dt="2023-10-30T11:07:58.641" v="4"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{AB656249-AF9F-494D-84CE-2DD7F07C557C}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{AB656249-AF9F-494D-84CE-2DD7F07C557C}" dt="2024-09-03T06:25:20.039" v="2"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp mod">
-[...5 lines deleted...]
-      </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{8B4474D3-BCCB-4129-8D2C-4C4629FB40BE}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{8B4474D3-BCCB-4129-8D2C-4C4629FB40BE}" dt="2023-12-05T10:58:23.880" v="8"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{8B4474D3-BCCB-4129-8D2C-4C4629FB40BE}" dt="2023-12-05T10:58:21.065" v="6"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1133724649" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{8B4474D3-BCCB-4129-8D2C-4C4629FB40BE}" dt="2023-12-05T10:58:22.484" v="7"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3525475830" sldId="259"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{8B4474D3-BCCB-4129-8D2C-4C4629FB40BE}" dt="2023-12-05T10:58:23.880" v="8"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="723557293" sldId="260"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
-    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1C814B71-6B21-4555-8409-1EF318E1274E}"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B31F29FB-FB2F-4B27-BA06-D26B3045F85F}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1C814B71-6B21-4555-8409-1EF318E1274E}" dt="2025-09-07T20:56:29.174" v="2"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B31F29FB-FB2F-4B27-BA06-D26B3045F85F}" dt="2024-02-12T08:45:29.451" v="5"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1C814B71-6B21-4555-8409-1EF318E1274E}" dt="2025-09-07T20:56:27.616" v="0"/>
-[...53 lines deleted...]
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}" dt="2024-10-03T09:08:50.707" v="3"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B31F29FB-FB2F-4B27-BA06-D26B3045F85F}" dt="2024-02-12T08:45:28.762" v="3"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1133724649" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}" dt="2024-10-03T09:08:51.556" v="4"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B31F29FB-FB2F-4B27-BA06-D26B3045F85F}" dt="2024-02-12T08:45:29.094" v="4"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3525475830" sldId="259"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}" dt="2024-10-03T09:08:52.615" v="5"/>
-[...29 lines deleted...]
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{818295A7-6289-4643-A2EC-E3EA5E5CDCE9}" dt="2024-03-05T05:54:29.660" v="5"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B31F29FB-FB2F-4B27-BA06-D26B3045F85F}" dt="2024-02-12T08:45:29.451" v="5"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="723557293" sldId="260"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{44130034-88E3-4D37-8467-56E70C21753D}"/>
     <pc:docChg chg="undo custSel addSld delSld modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{44130034-88E3-4D37-8467-56E70C21753D}" dt="2025-05-06T12:33:39.152" v="330"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{44130034-88E3-4D37-8467-56E70C21753D}" dt="2025-05-06T12:33:37.303" v="328"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1133724649" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{44130034-88E3-4D37-8467-56E70C21753D}" dt="2025-05-06T12:33:38.684" v="329"/>
         <pc:sldMkLst>
           <pc:docMk/>
@@ -863,258 +951,50 @@
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="addSp delSp modSp new del mod">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{44130034-88E3-4D37-8467-56E70C21753D}" dt="2025-02-17T12:44:42.585" v="274" actId="2696"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1548383643" sldId="266"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="addSp delSp modSp new del mod">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{44130034-88E3-4D37-8467-56E70C21753D}" dt="2025-02-18T12:51:47.809" v="310" actId="2696"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3826276932" sldId="266"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="addSp modSp new mod">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{44130034-88E3-4D37-8467-56E70C21753D}" dt="2025-05-06T12:33:39.152" v="330"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="896326423" sldId="267"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
-  <pc:docChgLst>
-[...206 lines deleted...]
-  </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -1172,51 +1052,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>5.10.2025</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -1358,51 +1238,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2025</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -11227,51 +11107,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1894940098"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2436854489"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1468438" y="1022350"/>
           <a:ext cx="6207125" cy="3100388"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6206887" imgH="3100577" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6206887" imgH="3100577" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
@@ -11411,51 +11291,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="763659992"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2656853798"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
@@ -11595,51 +11475,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Objekti 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1658304058"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3313476466"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1231900" y="1073150"/>
           <a:ext cx="5676900" cy="3644900"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6684367" imgH="4293357" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6684367" imgH="4293357" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="5" name="Objekti 4">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
@@ -12470,50 +12350,81 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<Kameleon>
+  <henkilotietoja>Ei</henkilotietoja>
+  <taydenne/>
+  <tyyppi>Esitys</tyyppi>
+  <paivays>2023-10-18</paivays>
+  <tekija/>
+  <otsikko/>
+</Kameleon>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101001A800A5D7D6AB54E9FD9AC6D6F69B608" ma:contentTypeVersion="15" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="317e0ea69236fd2fc99adf239d474a34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xmlns:ns3="4bd33ff3-82dc-46e3-8e2f-044c93593367" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e48960dccb225393642dd0ee9fd8cf5b" ns2:_="" ns3:_="">
     <xsd:import namespace="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <xsd:import namespace="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -12706,128 +12617,97 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DF6BF8B-B177-4781-B97F-D244E78E2139}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
+    <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
-</ds:datastoreItem>
-[...4 lines deleted...]
-  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>35</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>13</Paragraphs>
   <Slides>4</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>