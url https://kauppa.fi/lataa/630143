--- v1 (2025-11-13)
+++ v2 (2025-12-25)
@@ -193,51 +193,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{4DA36807-2E6C-4394-B3E5-425B81D5BB89}" v="6" dt="2025-11-09T22:30:29.041"/>
+    <p1510:client id="{F9564558-4E3F-497D-BDD4-AEAC6CF642F1}" v="6" dt="2025-12-07T22:21:37.353"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -545,92 +545,92 @@
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}" dt="2023-10-26T11:45:03.554" v="303"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3525475830" sldId="259"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="addSp modSp add mod">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}" dt="2023-10-26T11:45:04.468" v="304"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="723557293" sldId="260"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="add del">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470FEE69-91C5-409B-BB53-BBC4816FE0A1}" dt="2023-10-23T08:38:22.027" v="106" actId="2696"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1201600217" sldId="260"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:29.041" v="5"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:37.353" v="11"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:28.340" v="3"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:36.773" v="9"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1133724649" sldId="258"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:28.340" v="3"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:36.773" v="9"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1133724649" sldId="258"/>
             <ac:graphicFrameMk id="6" creationId="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:28.723" v="4"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:37.136" v="10"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3525475830" sldId="259"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:28.723" v="4"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:37.136" v="10"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3525475830" sldId="259"/>
             <ac:graphicFrameMk id="6" creationId="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:29.041" v="5"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:37.353" v="11"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="896326423" sldId="267"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:30:29.041" v="5"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:37.353" v="11"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="896326423" sldId="267"/>
             <ac:graphicFrameMk id="5" creationId="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}" dt="2024-10-03T09:08:52.615" v="5"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}" dt="2024-10-03T09:08:50.707" v="3"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1133724649" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{91C5DF1C-BCCB-4F64-A2F6-9FBC5272031F}" dt="2024-10-03T09:08:51.556" v="4"/>
@@ -1052,51 +1052,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>10.11.2025</a:t>
+              <a:t>8.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -1238,51 +1238,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.11.2025</a:t>
+              <a:t>8.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -11107,51 +11107,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2436854489"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2407921083"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1468438" y="1022350"/>
           <a:ext cx="6207125" cy="3100388"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6206887" imgH="3100577" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6206887" imgH="3100577" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
@@ -11291,51 +11291,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2656853798"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1641677846"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
@@ -11475,51 +11475,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Objekti 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3313476466"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1016226470"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1231900" y="1073150"/>
           <a:ext cx="5676900" cy="3644900"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6684367" imgH="4293357" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6684367" imgH="4293357" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="5" name="Objekti 4">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
@@ -12350,81 +12350,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<Kameleon>
-[...29 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101001A800A5D7D6AB54E9FD9AC6D6F69B608" ma:contentTypeVersion="15" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="317e0ea69236fd2fc99adf239d474a34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xmlns:ns3="4bd33ff3-82dc-46e3-8e2f-044c93593367" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e48960dccb225393642dd0ee9fd8cf5b" ns2:_="" ns3:_="">
     <xsd:import namespace="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <xsd:import namespace="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -12617,97 +12586,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<Kameleon>
+  <henkilotietoja>Ei</henkilotietoja>
+  <taydenne/>
+  <tyyppi>Esitys</tyyppi>
+  <paivays>2023-10-18</paivays>
+  <tekija/>
+  <otsikko/>
+</Kameleon>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DF6BF8B-B177-4781-B97F-D244E78E2139}">
-  <ds:schemaRefs/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
+    <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
-[...13 lines deleted...]
-  </ds:schemaRefs>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DF6BF8B-B177-4781-B97F-D244E78E2139}">
+  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>35</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>13</Paragraphs>
   <Slides>4</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>