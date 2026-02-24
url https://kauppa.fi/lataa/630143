--- v2 (2025-12-25)
+++ v3 (2026-02-24)
@@ -193,51 +193,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{F9564558-4E3F-497D-BDD4-AEAC6CF642F1}" v="6" dt="2025-12-07T22:21:37.353"/>
+    <p1510:client id="{19C4264C-E07E-4B45-8856-ED31394958FB}" v="3" dt="2026-01-04T16:19:40.469"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -430,568 +430,100 @@
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="66" d="100"/>
           <a:sy n="66" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{5C3DFAD7-027F-40E6-9B97-4ED27363A678}"/>
-[...15 lines deleted...]
-    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}" dt="2025-06-02T05:34:16.339" v="11"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:40.469" v="14"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{729EBA51-E387-45C9-8318-4E8EBEFDB7F2}" dt="2025-06-02T05:34:15.650" v="9"/>
-[...96 lines deleted...]
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:36.773" v="9"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:39.271" v="12"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1133724649" sldId="258"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:36.773" v="9"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:39.271" v="12"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1133724649" sldId="258"/>
             <ac:graphicFrameMk id="6" creationId="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:37.136" v="10"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:39.873" v="13"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3525475830" sldId="259"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:37.136" v="10"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:39.873" v="13"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3525475830" sldId="259"/>
             <ac:graphicFrameMk id="6" creationId="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:37.353" v="11"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:40.469" v="14"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="896326423" sldId="267"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:21:37.353" v="11"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:40.469" v="14"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="896326423" sldId="267"/>
             <ac:graphicFrameMk id="5" creationId="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
-      </pc:sldChg>
-[...353 lines deleted...]
-        </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -1052,51 +584,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>8.12.2025</a:t>
+              <a:t>4.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -1238,51 +770,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>8.12.2025</a:t>
+              <a:t>4.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -11107,51 +10639,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2407921083"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1560217475"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1468438" y="1022350"/>
           <a:ext cx="6207125" cy="3100388"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6206887" imgH="3100577" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6206887" imgH="3100577" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
@@ -11291,51 +10823,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1641677846"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3791464066"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
@@ -11475,51 +11007,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Objekti 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1016226470"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1285477827"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1231900" y="1073150"/>
           <a:ext cx="5676900" cy="3644900"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6684367" imgH="4293357" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6684367" imgH="4293357" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="5" name="Objekti 4">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
@@ -12350,50 +11882,81 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<Kameleon>
+  <henkilotietoja>Ei</henkilotietoja>
+  <taydenne/>
+  <tyyppi>Esitys</tyyppi>
+  <paivays>2023-10-18</paivays>
+  <tekija/>
+  <otsikko/>
+</Kameleon>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101001A800A5D7D6AB54E9FD9AC6D6F69B608" ma:contentTypeVersion="15" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="317e0ea69236fd2fc99adf239d474a34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xmlns:ns3="4bd33ff3-82dc-46e3-8e2f-044c93593367" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e48960dccb225393642dd0ee9fd8cf5b" ns2:_="" ns3:_="">
     <xsd:import namespace="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <xsd:import namespace="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -12586,128 +12149,97 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DF6BF8B-B177-4781-B97F-D244E78E2139}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
+    <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
-</ds:datastoreItem>
-[...4 lines deleted...]
-  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>35</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>13</Paragraphs>
   <Slides>4</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>