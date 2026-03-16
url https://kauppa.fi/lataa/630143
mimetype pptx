--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -42,55 +42,56 @@
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId10"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId11"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="258" r:id="rId7"/>
     <p:sldId id="259" r:id="rId8"/>
     <p:sldId id="267" r:id="rId9"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-FI"/>
     </a:defPPr>
@@ -193,51 +194,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{19C4264C-E07E-4B45-8856-ED31394958FB}" v="3" dt="2026-01-04T16:19:40.469"/>
+    <p1510:client id="{43855730-0A62-4B45-B685-5DC8DA85B300}" v="6" dt="2026-03-08T20:26:26.800"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -431,100 +432,115 @@
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="66" d="100"/>
           <a:sy n="66" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
-    <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:40.469" v="14"/>
+    <pc:docChg chg="mod modSld modMainMaster">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:26:26.798" v="25"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:39.271" v="12"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:26:26.280" v="23"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1133724649" sldId="258"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:39.271" v="12"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:26:26.280" v="23"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1133724649" sldId="258"/>
             <ac:graphicFrameMk id="6" creationId="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:39.873" v="13"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:26:26.565" v="24"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3525475830" sldId="259"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:39.873" v="13"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:26:26.565" v="24"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3525475830" sldId="259"/>
             <ac:graphicFrameMk id="6" creationId="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:40.469" v="14"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:26:26.798" v="25"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="896326423" sldId="267"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:19:40.469" v="14"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:26:26.798" v="25"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="896326423" sldId="267"/>
             <ac:graphicFrameMk id="5" creationId="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
+      <pc:sldMasterChg chg="addSp mod">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:26:13.391" v="21" actId="33475"/>
+        <pc:sldMasterMkLst>
+          <pc:docMk/>
+          <pc:sldMasterMk cId="17419817" sldId="2147483648"/>
+        </pc:sldMasterMkLst>
+        <pc:spChg chg="add">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:26:13.391" v="21" actId="33475"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMasterMk cId="17419817" sldId="2147483648"/>
+            <ac:spMk id="8" creationId="{A07D5383-BF14-B66B-D4A5-7403C84DCC90}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldMasterChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -584,51 +600,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>4.1.2026</a:t>
+              <a:t>8.3.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -770,51 +786,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>4.1.2026</a:t>
+              <a:t>8.3.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -10028,50 +10044,98 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33C8F8E3-C2AA-4B26-9A85-6DDA5914745D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId36"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="325497" y="4537937"/>
             <a:ext cx="1385888" cy="396946"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Tekstiruutu 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A07D5383-BF14-B66B-D4A5-7403C84DCC90}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1">
+            <p:extLst>
+              <p:ext uri="{1162E1C5-73C7-4A58-AE30-91384D911F3F}">
+                <p184:classification xmlns:p184="http://schemas.microsoft.com/office/powerpoint/2018/4/main" val="hdr"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8051800" y="63500"/>
+            <a:ext cx="1054100" cy="152400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr horzOverflow="overflow" lIns="0" tIns="0" rIns="0" bIns="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="1000">
+                <a:solidFill>
+                  <a:srgbClr val="000000">
+                    <a:alpha val="50000"/>
+                  </a:srgbClr>
+                </a:solidFill>
+                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Luottamuksellinen</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="17419817"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483660" r:id="rId1"/>
     <p:sldLayoutId id="2147483661" r:id="rId2"/>
     <p:sldLayoutId id="2147483662" r:id="rId3"/>
     <p:sldLayoutId id="2147483664" r:id="rId4"/>
     <p:sldLayoutId id="2147483666" r:id="rId5"/>
     <p:sldLayoutId id="2147483672" r:id="rId6"/>
     <p:sldLayoutId id="2147483678" r:id="rId7"/>
     <p:sldLayoutId id="2147483680" r:id="rId8"/>
     <p:sldLayoutId id="2147483679" r:id="rId9"/>
     <p:sldLayoutId id="2147483673" r:id="rId10"/>
     <p:sldLayoutId id="2147483674" r:id="rId11"/>
     <p:sldLayoutId id="2147483687" r:id="rId12"/>
     <p:sldLayoutId id="2147483683" r:id="rId13"/>
     <p:sldLayoutId id="2147483684" r:id="rId14"/>
     <p:sldLayoutId id="2147483671" r:id="rId15"/>
     <p:sldLayoutId id="2147483685" r:id="rId16"/>
@@ -10639,51 +10703,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1560217475"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4199196531"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1468438" y="1022350"/>
           <a:ext cx="6207125" cy="3100388"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6206887" imgH="3100577" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6206887" imgH="3100577" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B7B2EC3-D67E-47C2-E60F-FDB83890C476}"/>
@@ -10823,51 +10887,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3791464066"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="443178662"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EBF3F7A-B2B2-D8DD-8F25-612D8DFA9F76}"/>
@@ -11007,51 +11071,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Objekti 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1285477827"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1873850664"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1231900" y="1073150"/>
           <a:ext cx="5676900" cy="3644900"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6684367" imgH="4293357" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="6684367" imgH="4293357" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="5" name="Objekti 4">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{957DF6A3-7A79-980E-08A1-C742B610D568}"/>
@@ -11882,81 +11946,70 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<Kameleon>
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101001A800A5D7D6AB54E9FD9AC6D6F69B608" ma:contentTypeVersion="15" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="317e0ea69236fd2fc99adf239d474a34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xmlns:ns3="4bd33ff3-82dc-46e3-8e2f-044c93593367" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e48960dccb225393642dd0ee9fd8cf5b" ns2:_="" ns3:_="">
     <xsd:import namespace="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <xsd:import namespace="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -12149,143 +12202,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<Kameleon>
+  <henkilotietoja>Ei</henkilotietoja>
+  <taydenne/>
+  <tyyppi>Esitys</tyyppi>
+  <paivays>2023-10-18</paivays>
+  <tekija/>
+  <otsikko/>
+</Kameleon>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4DF6BF8B-B177-4781-B97F-D244E78E2139}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{f220015a-7bb9-4da9-9898-09cb97e9e0d6}" enabled="1" method="Standard" siteId="{b8507232-19fc-4b8a-a295-4838901604ac}" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>35</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>13</Paragraphs>
   <Slides>4</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Teema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Upotetut OLE-palvelimet</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Dian otsikot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="9" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>KL-teema</vt:lpstr>
       <vt:lpstr>Macrobond document</vt:lpstr>
       <vt:lpstr>Työvoimakustannukset ja työn tuottavuus</vt:lpstr>
       <vt:lpstr>Työvoimakustannus suhteessa panokseen, 2015=100</vt:lpstr>
       <vt:lpstr>Työn tuottavuus, 2015=100</vt:lpstr>
       <vt:lpstr>Reaalinen työn tuottavuuden kehitys työtuntia kohden, koko kauppa G</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Työvoimakustannukset ja työn tuottavuus</dc:title>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
@@ -12379,27 +12450,33 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="dvCurrentlogoAlternativeText">
     <vt:lpwstr>Kaupan liiton logo</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="dvCurrentlogoAlternativeTextDecoration">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="henkilotietoja">
     <vt:lpwstr>Ei</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="taydenne">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="tyyppi">
     <vt:lpwstr>Esitys</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="paivays">
     <vt:filetime>2023-10-17T21:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="tekija">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="otsikko">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="ClassificationContentMarkingHeaderLocations">
+    <vt:lpwstr>KL-teema:8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>Luottamuksellinen</vt:lpwstr>
+  </property>
 </Properties>
 </file>