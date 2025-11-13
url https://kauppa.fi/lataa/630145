--- v0 (2025-10-10)
+++ v1 (2025-11-13)
@@ -217,51 +217,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" v="45" dt="2025-10-05T20:49:29.901"/>
+    <p1510:client id="{B9CA2E80-B8C4-46C6-8567-6977902EBE69}" v="15" dt="2025-11-09T22:28:33.390"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -454,163 +454,405 @@
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:59.468" v="31"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:32.468" v="79"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:47.049" v="16"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:26.341" v="64"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="549215061" sldId="257"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:47.757" v="17"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:26.707" v="65"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="733252430" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:48.732" v="18"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:27.140" v="66"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="142310845" sldId="259"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:49.783" v="19"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:27.699" v="67"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1373706864" sldId="260"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:50.500" v="20"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:28.090" v="68"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3334478653" sldId="261"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:52.077" v="22"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:28.874" v="70"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="137354011" sldId="262"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:53.064" v="23"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:29.270" v="71"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1637811439" sldId="263"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:51.428" v="21"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:28.524" v="69"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="224954442" sldId="264"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:54.065" v="24"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:29.847" v="72"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3895780300" sldId="265"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:54.791" v="25"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:30.176" v="73"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3913342843" sldId="267"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:55.485" v="26"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:30.553" v="74"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2606013791" sldId="268"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:57.364" v="28"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:31.391" v="76"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3840511837" sldId="269"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:58.066" v="29"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:31.734" v="77"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1100163205" sldId="270"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:58.797" v="30"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:32.152" v="78"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1991014470" sldId="271"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:56.621" v="27"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:30.954" v="75"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2865348264" sldId="272"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:59.468" v="31"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:32.468" v="79"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1148022292" sldId="274"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:56.168" v="15"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:49.813" v="0"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="549215061" sldId="257"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:50.125" v="1"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="733252430" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:50.497" v="2"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="142310845" sldId="259"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:50.830" v="3"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1373706864" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:51.179" v="4"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3334478653" sldId="261"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:52.103" v="6"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="137354011" sldId="262"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:52.562" v="7"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1637811439" sldId="263"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:51.747" v="5"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="224954442" sldId="264"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:52.996" v="8"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3895780300" sldId="265"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:54.007" v="9"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3913342843" sldId="267"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:54.329" v="10"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2606013791" sldId="268"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:55.066" v="12"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3840511837" sldId="269"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:55.388" v="13"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1100163205" sldId="270"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:55.767" v="14"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1991014470" sldId="271"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:54.718" v="11"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2865348264" sldId="272"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:56.168" v="15"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1148022292" sldId="274"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:39.118" v="15"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:33.218" v="0"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="549215061" sldId="257"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:33.726" v="1"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="733252430" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:34.048" v="2"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="142310845" sldId="259"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:34.512" v="3"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1373706864" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:34.893" v="4"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3334478653" sldId="261"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:36.053" v="6"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="137354011" sldId="262"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:36.320" v="7"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1637811439" sldId="263"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:35.372" v="5"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="224954442" sldId="264"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:36.774" v="8"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3895780300" sldId="265"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:37.269" v="9"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3913342843" sldId="267"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:37.549" v="10"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2606013791" sldId="268"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:38.382" v="12"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3840511837" sldId="269"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:38.603" v="13"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1100163205" sldId="270"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:38.813" v="14"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1991014470" sldId="271"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:37.963" v="11"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2865348264" sldId="272"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA7E5576-71F0-4BE9-BB13-F71E8B1E1465}" dt="2024-05-13T12:17:39.118" v="15"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1148022292" sldId="274"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{E419ABDE-56B3-47FD-9897-5E6402E3CF7B}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{E419ABDE-56B3-47FD-9897-5E6402E3CF7B}" dt="2024-04-08T08:28:02.757" v="15"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{E419ABDE-56B3-47FD-9897-5E6402E3CF7B}" dt="2024-04-08T08:27:54.051" v="0"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="549215061" sldId="257"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{E419ABDE-56B3-47FD-9897-5E6402E3CF7B}" dt="2024-04-08T08:27:54.670" v="1"/>
         <pc:sldMkLst>
           <pc:docMk/>
@@ -696,1143 +938,83 @@
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{E419ABDE-56B3-47FD-9897-5E6402E3CF7B}" dt="2024-04-08T08:28:02.056" v="14"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1991014470" sldId="271"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{E419ABDE-56B3-47FD-9897-5E6402E3CF7B}" dt="2024-04-08T08:28:00.329" v="11"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2865348264" sldId="272"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{E419ABDE-56B3-47FD-9897-5E6402E3CF7B}" dt="2024-04-08T08:28:02.757" v="15"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1148022292" sldId="274"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
-    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{D59E42C4-1F4D-4C94-9C86-E0AD1E48497C}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{D59E42C4-1F4D-4C94-9C86-E0AD1E48497C}" dt="2025-06-02T05:33:55.171" v="47"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F7F1B16D-CBFB-4E35-94C3-E5C6837D21CA}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F7F1B16D-CBFB-4E35-94C3-E5C6837D21CA}" dt="2025-04-08T06:34:53.233" v="159"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-[...352 lines deleted...]
-      </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{88C118FA-9AAB-4D55-85F7-C1E677E366E1}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{88C118FA-9AAB-4D55-85F7-C1E677E366E1}" dt="2024-08-06T05:39:19.077" v="15"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-[...110 lines deleted...]
-      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{D59E42C4-1F4D-4C94-9C86-E0AD1E48497C}"/>
+    <pc:docChg chg="delSld modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{D59E42C4-1F4D-4C94-9C86-E0AD1E48497C}" dt="2025-06-02T05:33:55.171" v="47"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{34621F07-220D-44A8-8798-A06AABE7F9E9}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{34621F07-220D-44A8-8798-A06AABE7F9E9}" dt="2024-06-19T12:27:06.418" v="31"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-[...601 lines deleted...]
-      </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CCE1EB63-44FB-4B04-9D9B-530C54AAC4D0}"/>
     <pc:docChg chg="undo custSel addSld delSld modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CCE1EB63-44FB-4B04-9D9B-530C54AAC4D0}" dt="2023-10-30T19:43:02.778" v="1392" actId="2696"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CCE1EB63-44FB-4B04-9D9B-530C54AAC4D0}" dt="2023-10-27T12:04:05.235" v="1391"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2299458728" sldId="256"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CCE1EB63-44FB-4B04-9D9B-530C54AAC4D0}" dt="2023-10-27T07:50:34.527" v="1374"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="549215061" sldId="257"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="addSp modSp mod">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CCE1EB63-44FB-4B04-9D9B-530C54AAC4D0}" dt="2023-10-27T07:50:35.701" v="1375"/>
@@ -1941,397 +1123,671 @@
       </pc:sldChg>
       <pc:sldChg chg="addSp modSp add mod">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CCE1EB63-44FB-4B04-9D9B-530C54AAC4D0}" dt="2023-10-27T07:50:45.665" v="1386"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2865348264" sldId="272"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="add del">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CCE1EB63-44FB-4B04-9D9B-530C54AAC4D0}" dt="2023-10-25T13:45:35.270" v="1281" actId="2696"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="961070832" sldId="273"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="addSp modSp add mod">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CCE1EB63-44FB-4B04-9D9B-530C54AAC4D0}" dt="2023-10-27T07:50:48.418" v="1390"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1148022292" sldId="274"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{52BCDDE0-7F54-4EF4-BC7D-63A133B69F6F}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{52BCDDE0-7F54-4EF4-BC7D-63A133B69F6F}" dt="2024-02-12T08:44:58.164" v="15"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{52BCDDE0-7F54-4EF4-BC7D-63A133B69F6F}" dt="2024-02-12T08:44:56.964" v="11"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2865348264" sldId="272"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:33.390" v="14"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:25.772" v="0"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="549215061" sldId="257"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:25.772" v="0"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="549215061" sldId="257"/>
+            <ac:graphicFrameMk id="6" creationId="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:26.153" v="1"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="733252430" sldId="258"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:26.153" v="1"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="733252430" sldId="258"/>
+            <ac:graphicFrameMk id="6" creationId="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:26.679" v="2"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="142310845" sldId="259"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:26.679" v="2"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="142310845" sldId="259"/>
+            <ac:graphicFrameMk id="6" creationId="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:27.132" v="3"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1373706864" sldId="260"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:27.132" v="3"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1373706864" sldId="260"/>
+            <ac:graphicFrameMk id="6" creationId="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:27.663" v="4"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3334478653" sldId="261"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:27.663" v="4"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3334478653" sldId="261"/>
+            <ac:graphicFrameMk id="6" creationId="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:29.366" v="6"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="137354011" sldId="262"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:29.366" v="6"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="137354011" sldId="262"/>
+            <ac:graphicFrameMk id="7" creationId="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:29.788" v="7"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1637811439" sldId="263"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:29.788" v="7"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1637811439" sldId="263"/>
+            <ac:graphicFrameMk id="6" creationId="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:28.973" v="5"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="224954442" sldId="264"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:28.973" v="5"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="224954442" sldId="264"/>
+            <ac:graphicFrameMk id="6" creationId="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:30.493" v="8"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3895780300" sldId="265"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:30.493" v="8"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3895780300" sldId="265"/>
+            <ac:graphicFrameMk id="8" creationId="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:30.919" v="9"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3913342843" sldId="267"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:30.919" v="9"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3913342843" sldId="267"/>
+            <ac:graphicFrameMk id="6" creationId="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:31.540" v="10"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2606013791" sldId="268"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:31.540" v="10"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2606013791" sldId="268"/>
+            <ac:graphicFrameMk id="6" creationId="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:31.937" v="11"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3840511837" sldId="269"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:31.937" v="11"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3840511837" sldId="269"/>
+            <ac:graphicFrameMk id="8" creationId="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:32.355" v="12"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1100163205" sldId="270"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:32.355" v="12"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1100163205" sldId="270"/>
+            <ac:graphicFrameMk id="6" creationId="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:32.834" v="13"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1991014470" sldId="271"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:32.834" v="13"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1991014470" sldId="271"/>
+            <ac:graphicFrameMk id="6" creationId="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:33.390" v="14"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1148022292" sldId="274"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:33.390" v="14"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1148022292" sldId="274"/>
+            <ac:graphicFrameMk id="6" creationId="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{203D3DBB-3D90-432E-928F-B841632B1CDA}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{203D3DBB-3D90-432E-928F-B841632B1CDA}" dt="2025-01-02T08:58:18.937" v="16"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="delSp">
+        <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{203D3DBB-3D90-432E-928F-B841632B1CDA}" dt="2025-01-02T08:58:18.924" v="0"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2299458728" sldId="256"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="delSp">
+        <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{203D3DBB-3D90-432E-928F-B841632B1CDA}" dt="2025-01-02T08:58:18.937" v="12"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2865348264" sldId="272"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:29.901" v="44"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:24.625" v="30"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="549215061" sldId="257"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:24.986" v="31"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="733252430" sldId="258"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:25.306" v="32"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="142310845" sldId="259"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:25.695" v="33"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1373706864" sldId="260"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:26.085" v="34"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3334478653" sldId="261"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:26.933" v="36"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="137354011" sldId="262"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:27.251" v="37"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1637811439" sldId="263"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:26.564" v="35"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="224954442" sldId="264"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:27.878" v="38"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3895780300" sldId="265"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:28.212" v="39"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3913342843" sldId="267"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:28.556" v="40"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2606013791" sldId="268"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:28.922" v="41"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3840511837" sldId="269"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:29.237" v="42"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1100163205" sldId="270"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:29.590" v="43"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1991014470" sldId="271"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1AD5DD41-AF8A-4C12-A454-3A8826424CB0}" dt="2025-10-05T20:49:29.901" v="44"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1148022292" sldId="274"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
-    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:56.168" v="15"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:59.468" v="31"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:49.813" v="0"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:47.049" v="16"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="549215061" sldId="257"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:50.125" v="1"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:47.757" v="17"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="733252430" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:50.497" v="2"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:48.732" v="18"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="142310845" sldId="259"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:50.830" v="3"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:49.783" v="19"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1373706864" sldId="260"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:51.179" v="4"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:50.500" v="20"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3334478653" sldId="261"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:52.103" v="6"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:52.077" v="22"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="137354011" sldId="262"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:52.562" v="7"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:53.064" v="23"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1637811439" sldId="263"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:51.747" v="5"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:51.428" v="21"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="224954442" sldId="264"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:52.996" v="8"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:54.065" v="24"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3895780300" sldId="265"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:54.007" v="9"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:54.791" v="25"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3913342843" sldId="267"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:54.329" v="10"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:55.485" v="26"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2606013791" sldId="268"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:55.066" v="12"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:57.364" v="28"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3840511837" sldId="269"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:55.388" v="13"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:58.066" v="29"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1100163205" sldId="270"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:55.767" v="14"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:58.797" v="30"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1991014470" sldId="271"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:54.718" v="11"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:56.621" v="27"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2865348264" sldId="272"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{481C050F-0D4E-42C5-9739-021CE7FD3629}" dt="2024-01-10T09:26:56.168" v="15"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{87EEF110-6CAA-41B8-A12A-9176D62D9236}" dt="2024-03-05T05:51:59.468" v="31"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1148022292" sldId="274"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:55.158" v="15"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:46.973" v="0"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="549215061" sldId="257"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:47.527" v="1"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="733252430" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:48.116" v="2"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="142310845" sldId="259"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:48.734" v="3"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1373706864" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:49.281" v="4"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3334478653" sldId="261"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:50.534" v="6"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="137354011" sldId="262"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:51.135" v="7"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1637811439" sldId="263"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:50.113" v="5"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="224954442" sldId="264"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:51.891" v="8"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3895780300" sldId="265"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:52.311" v="9"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3913342843" sldId="267"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:52.760" v="10"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2606013791" sldId="268"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:53.655" v="12"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3840511837" sldId="269"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:54.201" v="13"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1100163205" sldId="270"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:54.642" v="14"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1991014470" sldId="271"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:53.255" v="11"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2865348264" sldId="272"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1678192F-53FA-4C1A-8088-8405E57C343B}" dt="2024-09-03T06:26:55.158" v="15"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1148022292" sldId="274"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -2396,51 +1852,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>5.10.2025</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -2582,51 +2038,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2025</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -12494,51 +11950,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Objekti 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="540631890"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="274864308"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="8" name="Objekti 7">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
@@ -12678,51 +12134,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2452305980"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1859314504"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
@@ -12862,51 +12318,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2271363048"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1034277468"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
@@ -13046,51 +12502,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Objekti 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3568059661"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2348381897"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="8" name="Objekti 7">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
@@ -13230,51 +12686,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2748849566"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2721637304"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
@@ -13414,51 +12870,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="408361824"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="423542382"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
@@ -13598,51 +13054,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1084406334"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3911753156"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="846138"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
@@ -13782,51 +13238,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="436966304"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1417782687"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
@@ -13966,51 +13422,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2610008584"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="782283490"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
@@ -14150,51 +13606,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3955045370"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2619419250"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
@@ -14334,51 +13790,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="97814594"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="888241420"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
@@ -14518,51 +13974,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3302038874"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="485354331"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
@@ -14702,51 +14158,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4003430767"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2243170505"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
@@ -14886,51 +14342,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Objekti 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="687335431"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2358969135"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="7" name="Objekti 6">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
@@ -15070,51 +14526,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2212678272"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1446639226"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
@@ -15945,81 +15401,70 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Kameleon>
   <henkilotietoja>Ei</henkilotietoja>
   <taydenne/>
   <tyyppi>Esitys</tyyppi>
   <paivays>2023-10-19</paivays>
   <tekija/>
   <otsikko/>
 </Kameleon>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101001A800A5D7D6AB54E9FD9AC6D6F69B608" ma:contentTypeVersion="15" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="317e0ea69236fd2fc99adf239d474a34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xmlns:ns3="4bd33ff3-82dc-46e3-8e2f-044c93593367" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e48960dccb225393642dd0ee9fd8cf5b" ns2:_="" ns3:_="">
     <xsd:import namespace="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <xsd:import namespace="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -16212,90 +15657,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-  </ds:schemaRefs>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A53FA7F-082A-4E24-AF98-F080D1353F99}">
+  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
+    <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>125</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>49</Paragraphs>
   <Slides>16</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>