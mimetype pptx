--- v1 (2025-11-13)
+++ v2 (2025-12-25)
@@ -217,51 +217,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{B9CA2E80-B8C4-46C6-8567-6977902EBE69}" v="15" dt="2025-11-09T22:28:33.390"/>
+    <p1510:client id="{B9CA2E80-B8C4-46C6-8567-6977902EBE69}" v="30" dt="2025-12-07T22:19:15.846"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -1141,272 +1141,272 @@
           <pc:docMk/>
           <pc:sldMk cId="1148022292" sldId="274"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{52BCDDE0-7F54-4EF4-BC7D-63A133B69F6F}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{52BCDDE0-7F54-4EF4-BC7D-63A133B69F6F}" dt="2024-02-12T08:44:58.164" v="15"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{52BCDDE0-7F54-4EF4-BC7D-63A133B69F6F}" dt="2024-02-12T08:44:56.964" v="11"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2865348264" sldId="272"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:33.390" v="14"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:15.846" v="29"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:25.772" v="0"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:08.646" v="15"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="549215061" sldId="257"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:25.772" v="0"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:08.646" v="15"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="549215061" sldId="257"/>
             <ac:graphicFrameMk id="6" creationId="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:26.153" v="1"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:09.111" v="16"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="733252430" sldId="258"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:26.153" v="1"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:09.111" v="16"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="733252430" sldId="258"/>
             <ac:graphicFrameMk id="6" creationId="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:26.679" v="2"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:09.529" v="17"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="142310845" sldId="259"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:26.679" v="2"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:09.529" v="17"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="142310845" sldId="259"/>
             <ac:graphicFrameMk id="6" creationId="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:27.132" v="3"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:10.034" v="18"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1373706864" sldId="260"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:27.132" v="3"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:10.034" v="18"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1373706864" sldId="260"/>
             <ac:graphicFrameMk id="6" creationId="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:27.663" v="4"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:10.492" v="19"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3334478653" sldId="261"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:27.663" v="4"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:10.492" v="19"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3334478653" sldId="261"/>
             <ac:graphicFrameMk id="6" creationId="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:29.366" v="6"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:11.640" v="21"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="137354011" sldId="262"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:29.366" v="6"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:11.640" v="21"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="137354011" sldId="262"/>
             <ac:graphicFrameMk id="7" creationId="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:29.788" v="7"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:12.147" v="22"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1637811439" sldId="263"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:29.788" v="7"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:12.147" v="22"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1637811439" sldId="263"/>
             <ac:graphicFrameMk id="6" creationId="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:28.973" v="5"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:11.148" v="20"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="224954442" sldId="264"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:28.973" v="5"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:11.148" v="20"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="224954442" sldId="264"/>
             <ac:graphicFrameMk id="6" creationId="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:30.493" v="8"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:12.776" v="23"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3895780300" sldId="265"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:30.493" v="8"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:12.776" v="23"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3895780300" sldId="265"/>
             <ac:graphicFrameMk id="8" creationId="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:30.919" v="9"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:13.346" v="24"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3913342843" sldId="267"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:30.919" v="9"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:13.346" v="24"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3913342843" sldId="267"/>
             <ac:graphicFrameMk id="6" creationId="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:31.540" v="10"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:13.809" v="25"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2606013791" sldId="268"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:31.540" v="10"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:13.809" v="25"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2606013791" sldId="268"/>
             <ac:graphicFrameMk id="6" creationId="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:31.937" v="11"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:14.379" v="26"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3840511837" sldId="269"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:31.937" v="11"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:14.379" v="26"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3840511837" sldId="269"/>
             <ac:graphicFrameMk id="8" creationId="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:32.355" v="12"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:14.864" v="27"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1100163205" sldId="270"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:32.355" v="12"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:14.864" v="27"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1100163205" sldId="270"/>
             <ac:graphicFrameMk id="6" creationId="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:32.834" v="13"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:15.341" v="28"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1991014470" sldId="271"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:32.834" v="13"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:15.341" v="28"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1991014470" sldId="271"/>
             <ac:graphicFrameMk id="6" creationId="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:33.390" v="14"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:15.846" v="29"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1148022292" sldId="274"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:28:33.390" v="14"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:15.846" v="29"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1148022292" sldId="274"/>
             <ac:graphicFrameMk id="6" creationId="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{203D3DBB-3D90-432E-928F-B841632B1CDA}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{203D3DBB-3D90-432E-928F-B841632B1CDA}" dt="2025-01-02T08:58:18.937" v="16"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="delSp">
         <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{203D3DBB-3D90-432E-928F-B841632B1CDA}" dt="2025-01-02T08:58:18.924" v="0"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2299458728" sldId="256"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="delSp">
         <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{203D3DBB-3D90-432E-928F-B841632B1CDA}" dt="2025-01-02T08:58:18.937" v="12"/>
@@ -1852,51 +1852,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>10.11.2025</a:t>
+              <a:t>8.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -2038,51 +2038,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.11.2025</a:t>
+              <a:t>8.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -11950,51 +11950,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Objekti 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="274864308"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1820559275"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="8" name="Objekti 7">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
@@ -12134,51 +12134,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1859314504"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4268264960"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
@@ -12318,51 +12318,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1034277468"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="30779907"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
@@ -12502,51 +12502,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Objekti 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2348381897"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1868987665"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="8" name="Objekti 7">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
@@ -12686,51 +12686,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2721637304"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1894662941"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
@@ -12870,51 +12870,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="423542382"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3762636695"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
@@ -13054,51 +13054,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3911753156"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4064993410"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="846138"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
@@ -13238,51 +13238,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1417782687"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="593558443"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
@@ -13422,51 +13422,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="782283490"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1605227669"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
@@ -13606,51 +13606,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2619419250"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2844119598"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
@@ -13790,51 +13790,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="888241420"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="552006518"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
@@ -13974,51 +13974,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="485354331"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1742389120"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
@@ -14158,51 +14158,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2243170505"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2143548703"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
@@ -14342,51 +14342,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Objekti 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2358969135"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3777779735"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="7" name="Objekti 6">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
@@ -14526,51 +14526,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1446639226"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3566052546"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
@@ -15401,70 +15401,81 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Kameleon>
   <henkilotietoja>Ei</henkilotietoja>
   <taydenne/>
   <tyyppi>Esitys</tyyppi>
   <paivays>2023-10-19</paivays>
   <tekija/>
   <otsikko/>
 </Kameleon>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101001A800A5D7D6AB54E9FD9AC6D6F69B608" ma:contentTypeVersion="15" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="317e0ea69236fd2fc99adf239d474a34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xmlns:ns3="4bd33ff3-82dc-46e3-8e2f-044c93593367" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e48960dccb225393642dd0ee9fd8cf5b" ns2:_="" ns3:_="">
     <xsd:import namespace="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <xsd:import namespace="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -15657,101 +15668,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A53FA7F-082A-4E24-AF98-F080D1353F99}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <ds:schemaRefs/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
+    <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>125</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>49</Paragraphs>
   <Slides>16</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>