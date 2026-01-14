--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -217,51 +217,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{B9CA2E80-B8C4-46C6-8567-6977902EBE69}" v="30" dt="2025-12-07T22:19:15.846"/>
+    <p1510:client id="{8C749A2B-A6D0-4166-ADC2-32A1E3FD71A6}" v="15" dt="2026-01-04T16:18:03.029"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -454,1344 +454,280 @@
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:32.468" v="79"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:03.029" v="44"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5D4C21DF-91AF-48FC-85D9-016372C916EE}" dt="2023-12-11T09:01:26.341" v="64"/>
-[...684 lines deleted...]
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:08.646" v="15"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:56.715" v="30"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="549215061" sldId="257"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:08.646" v="15"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:56.715" v="30"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="549215061" sldId="257"/>
             <ac:graphicFrameMk id="6" creationId="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:09.111" v="16"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.094" v="31"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="733252430" sldId="258"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:09.111" v="16"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.094" v="31"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="733252430" sldId="258"/>
             <ac:graphicFrameMk id="6" creationId="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:09.529" v="17"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.490" v="32"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="142310845" sldId="259"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:09.529" v="17"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.490" v="32"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="142310845" sldId="259"/>
             <ac:graphicFrameMk id="6" creationId="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:10.034" v="18"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.982" v="33"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1373706864" sldId="260"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:10.034" v="18"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.982" v="33"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1373706864" sldId="260"/>
             <ac:graphicFrameMk id="6" creationId="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:10.492" v="19"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:58.408" v="34"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3334478653" sldId="261"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:10.492" v="19"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:58.408" v="34"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3334478653" sldId="261"/>
             <ac:graphicFrameMk id="6" creationId="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:11.640" v="21"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:59.502" v="36"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="137354011" sldId="262"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:11.640" v="21"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:59.502" v="36"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="137354011" sldId="262"/>
             <ac:graphicFrameMk id="7" creationId="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:12.147" v="22"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:59.872" v="37"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1637811439" sldId="263"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:12.147" v="22"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:59.872" v="37"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1637811439" sldId="263"/>
             <ac:graphicFrameMk id="6" creationId="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:11.148" v="20"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:58.988" v="35"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="224954442" sldId="264"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:11.148" v="20"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:58.988" v="35"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="224954442" sldId="264"/>
             <ac:graphicFrameMk id="6" creationId="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:12.776" v="23"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:00.409" v="38"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3895780300" sldId="265"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:12.776" v="23"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:00.409" v="38"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3895780300" sldId="265"/>
             <ac:graphicFrameMk id="8" creationId="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:13.346" v="24"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:00.857" v="39"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3913342843" sldId="267"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:13.346" v="24"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:00.857" v="39"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3913342843" sldId="267"/>
             <ac:graphicFrameMk id="6" creationId="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:13.809" v="25"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:01.269" v="40"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2606013791" sldId="268"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:13.809" v="25"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:01.269" v="40"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2606013791" sldId="268"/>
             <ac:graphicFrameMk id="6" creationId="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:14.379" v="26"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:01.696" v="41"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3840511837" sldId="269"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:14.379" v="26"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:01.696" v="41"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3840511837" sldId="269"/>
             <ac:graphicFrameMk id="8" creationId="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:14.864" v="27"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:02.107" v="42"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1100163205" sldId="270"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:14.864" v="27"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:02.107" v="42"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1100163205" sldId="270"/>
             <ac:graphicFrameMk id="6" creationId="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:15.341" v="28"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:02.580" v="43"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1991014470" sldId="271"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:15.341" v="28"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:02.580" v="43"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1991014470" sldId="271"/>
             <ac:graphicFrameMk id="6" creationId="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:15.846" v="29"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:03.029" v="44"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1148022292" sldId="274"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:19:15.846" v="29"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:03.029" v="44"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1148022292" sldId="274"/>
             <ac:graphicFrameMk id="6" creationId="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
-      </pc:sldChg>
-[...377 lines deleted...]
-        </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -1852,51 +788,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>8.12.2025</a:t>
+              <a:t>4.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -2038,51 +974,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>8.12.2025</a:t>
+              <a:t>4.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -11950,51 +10886,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Objekti 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1820559275"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1836046049"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="8" name="Objekti 7">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
@@ -12134,51 +11070,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4268264960"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3857237841"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
@@ -12318,51 +11254,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="30779907"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4188292120"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
@@ -12502,51 +11438,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Objekti 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1868987665"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="365303484"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="8" name="Objekti 7">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
@@ -12686,51 +11622,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1894662941"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1906316678"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
@@ -12870,51 +11806,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3762636695"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2580775797"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
@@ -13054,51 +11990,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4064993410"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1294401617"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="846138"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
@@ -13238,51 +12174,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="593558443"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="543734500"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
@@ -13422,51 +12358,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1605227669"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3013793645"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
@@ -13606,51 +12542,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2844119598"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2383083761"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
@@ -13790,51 +12726,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="552006518"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3506996609"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
@@ -13974,51 +12910,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1742389120"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1559790060"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
@@ -14158,51 +13094,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2143548703"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2370195968"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
@@ -14342,51 +13278,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Objekti 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3777779735"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1422809448"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="7" name="Objekti 6">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
@@ -14526,51 +13462,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3566052546"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="379433461"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
@@ -15401,81 +14337,70 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Kameleon>
   <henkilotietoja>Ei</henkilotietoja>
   <taydenne/>
   <tyyppi>Esitys</tyyppi>
   <paivays>2023-10-19</paivays>
   <tekija/>
   <otsikko/>
 </Kameleon>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101001A800A5D7D6AB54E9FD9AC6D6F69B608" ma:contentTypeVersion="15" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="317e0ea69236fd2fc99adf239d474a34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xmlns:ns3="4bd33ff3-82dc-46e3-8e2f-044c93593367" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e48960dccb225393642dd0ee9fd8cf5b" ns2:_="" ns3:_="">
     <xsd:import namespace="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <xsd:import namespace="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -15668,90 +14593,101 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-  </ds:schemaRefs>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A53FA7F-082A-4E24-AF98-F080D1353F99}">
+  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
+    <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>125</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>49</Paragraphs>
   <Slides>16</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>