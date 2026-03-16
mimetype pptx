--- v3 (2026-01-14)
+++ v4 (2026-03-16)
@@ -54,55 +54,56 @@
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId22"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId23"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="257" r:id="rId7"/>
     <p:sldId id="258" r:id="rId8"/>
     <p:sldId id="259" r:id="rId9"/>
     <p:sldId id="260" r:id="rId10"/>
     <p:sldId id="261" r:id="rId11"/>
     <p:sldId id="264" r:id="rId12"/>
     <p:sldId id="262" r:id="rId13"/>
     <p:sldId id="263" r:id="rId14"/>
     <p:sldId id="265" r:id="rId15"/>
     <p:sldId id="267" r:id="rId16"/>
@@ -217,51 +218,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{8C749A2B-A6D0-4166-ADC2-32A1E3FD71A6}" v="15" dt="2026-01-04T16:18:03.029"/>
+    <p1510:client id="{9888C845-DEF8-4DE3-A12B-5418F43D7EAF}" v="30" dt="2026-03-08T20:25:39.507"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -456,272 +457,272 @@
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId28" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:03.029" v="44"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:39.507" v="89"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:56.715" v="30"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:32.326" v="75"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="549215061" sldId="257"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:56.715" v="30"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:32.326" v="75"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="549215061" sldId="257"/>
             <ac:graphicFrameMk id="6" creationId="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.094" v="31"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:32.953" v="76"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="733252430" sldId="258"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.094" v="31"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:32.953" v="76"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="733252430" sldId="258"/>
             <ac:graphicFrameMk id="6" creationId="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.490" v="32"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:33.372" v="77"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="142310845" sldId="259"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.490" v="32"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:33.372" v="77"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="142310845" sldId="259"/>
             <ac:graphicFrameMk id="6" creationId="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.982" v="33"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:33.829" v="78"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1373706864" sldId="260"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:57.982" v="33"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:33.829" v="78"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1373706864" sldId="260"/>
             <ac:graphicFrameMk id="6" creationId="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:58.408" v="34"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:34.232" v="79"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3334478653" sldId="261"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:58.408" v="34"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:34.232" v="79"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3334478653" sldId="261"/>
             <ac:graphicFrameMk id="6" creationId="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:59.502" v="36"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:35.544" v="81"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="137354011" sldId="262"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:59.502" v="36"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:35.544" v="81"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="137354011" sldId="262"/>
             <ac:graphicFrameMk id="7" creationId="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:59.872" v="37"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:36.079" v="82"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1637811439" sldId="263"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:59.872" v="37"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:36.079" v="82"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1637811439" sldId="263"/>
             <ac:graphicFrameMk id="6" creationId="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:58.988" v="35"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:34.967" v="80"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="224954442" sldId="264"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:58.988" v="35"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:34.967" v="80"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="224954442" sldId="264"/>
             <ac:graphicFrameMk id="6" creationId="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:00.409" v="38"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:36.741" v="83"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3895780300" sldId="265"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:00.409" v="38"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:36.741" v="83"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3895780300" sldId="265"/>
             <ac:graphicFrameMk id="8" creationId="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:00.857" v="39"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:37.131" v="84"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3913342843" sldId="267"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:00.857" v="39"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:37.131" v="84"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3913342843" sldId="267"/>
             <ac:graphicFrameMk id="6" creationId="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:01.269" v="40"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:37.629" v="85"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2606013791" sldId="268"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:01.269" v="40"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:37.629" v="85"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2606013791" sldId="268"/>
             <ac:graphicFrameMk id="6" creationId="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:01.696" v="41"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:38.151" v="86"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3840511837" sldId="269"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:01.696" v="41"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:38.151" v="86"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3840511837" sldId="269"/>
             <ac:graphicFrameMk id="8" creationId="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:02.107" v="42"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:38.539" v="87"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1100163205" sldId="270"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:02.107" v="42"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:38.539" v="87"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1100163205" sldId="270"/>
             <ac:graphicFrameMk id="6" creationId="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:02.580" v="43"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:39" v="88"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1991014470" sldId="271"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:02.580" v="43"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:39" v="88"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1991014470" sldId="271"/>
             <ac:graphicFrameMk id="6" creationId="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:03.029" v="44"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:39.507" v="89"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1148022292" sldId="274"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:18:03.029" v="44"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:25:39.507" v="89"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1148022292" sldId="274"/>
             <ac:graphicFrameMk id="6" creationId="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
@@ -788,51 +789,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>4.1.2026</a:t>
+              <a:t>8.3.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -974,51 +975,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>4.1.2026</a:t>
+              <a:t>8.3.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -10886,51 +10887,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Objekti 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1836046049"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3154814593"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="8" name="Objekti 7">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C45C490-9922-84EA-1895-29DBDD8BB1A3}"/>
@@ -11070,51 +11071,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3857237841"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3410539364"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A63B38A-9479-D95B-CA6B-6B1D0DAEAF65}"/>
@@ -11254,51 +11255,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4188292120"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2503506938"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D63C7DC6-6C77-3E40-59EB-43A593676A96}"/>
@@ -11438,51 +11439,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="8" name="Objekti 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="365303484"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3774244511"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="8" name="Objekti 7">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3ADA44E7-9912-8287-29CA-154F36A08DF0}"/>
@@ -11622,51 +11623,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1906316678"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="160533766"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB490EFA-629C-4543-EB9F-308C0702B936}"/>
@@ -11806,51 +11807,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2580775797"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="970265629"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68DA8E53-A5AD-BC2E-6982-8811A0CB9B92}"/>
@@ -11990,51 +11991,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1294401617"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1614024129"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="846138"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D4A7152-9EEF-79A9-748E-3C70F30ADEDE}"/>
@@ -12174,51 +12175,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="543734500"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3211029940"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E82C87D-631D-00D4-31CC-6D37C927547D}"/>
@@ -12358,51 +12359,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3013793645"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="500799685"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31260B19-0BE6-598E-0680-4EF38E4E1DD3}"/>
@@ -12542,51 +12543,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2383083761"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1926357040"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4AAFF9-9F2E-A3CC-736A-5EF442244CD1}"/>
@@ -12726,51 +12727,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3506996609"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3980372499"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D316708B-22E9-CE91-4BF5-79F26E152080}"/>
@@ -12910,51 +12911,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1559790060"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3820122741"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{510D34BE-1E43-95BA-7203-42FBB574EE4D}"/>
@@ -13094,51 +13095,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2370195968"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2942754760"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26C2E25F-6A88-04BB-426B-102D5E07374B}"/>
@@ -13278,51 +13279,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Objekti 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1422809448"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="442969060"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="7" name="Objekti 6">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{308049C4-1A13-7351-C068-4B803C7CC79E}"/>
@@ -13462,51 +13463,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="379433461"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="639351521"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="903288"/>
           <a:ext cx="7161212" cy="3338512"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3339277" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5F17DEB-39D6-5822-45B6-C06EBA4747B6}"/>
@@ -14337,70 +14338,81 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <Kameleon>
   <henkilotietoja>Ei</henkilotietoja>
   <taydenne/>
   <tyyppi>Esitys</tyyppi>
   <paivays>2023-10-19</paivays>
   <tekija/>
   <otsikko/>
 </Kameleon>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101001A800A5D7D6AB54E9FD9AC6D6F69B608" ma:contentTypeVersion="15" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="317e0ea69236fd2fc99adf239d474a34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xmlns:ns3="4bd33ff3-82dc-46e3-8e2f-044c93593367" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e48960dccb225393642dd0ee9fd8cf5b" ns2:_="" ns3:_="">
     <xsd:import namespace="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <xsd:import namespace="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -14593,103 +14605,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
+    <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A53FA7F-082A-4E24-AF98-F080D1353F99}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{f220015a-7bb9-4da9-9898-09cb97e9e0d6}" enabled="1" method="Standard" siteId="{b8507232-19fc-4b8a-a295-4838901604ac}" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>125</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>49</Paragraphs>
   <Slides>16</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Teema</vt:lpstr>