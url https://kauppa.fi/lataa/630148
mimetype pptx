--- v0 (2025-10-10)
+++ v1 (2025-12-25)
@@ -200,51 +200,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{2B400470-E4F3-4E70-99E7-76C4AF485F4B}" v="6" dt="2025-10-05T20:48:16.458"/>
+    <p1510:client id="{633217E1-B3DD-4797-82CF-DD17C341D921}" v="12" dt="2025-12-07T22:18:34.261"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -446,195 +446,144 @@
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="96" d="100"/>
           <a:sy n="96" d="100"/>
         </p:scale>
         <p:origin x="3558" y="90"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1D2D7D91-3DD9-4613-A70B-3882304B24FB}"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{7B7F42BA-3530-4DC3-B147-FA3562FD7A6F}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1D2D7D91-3DD9-4613-A70B-3882304B24FB}" dt="2025-06-02T05:32:46.926" v="17"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{7B7F42BA-3530-4DC3-B147-FA3562FD7A6F}" dt="2024-05-13T12:16:30.428" v="11"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1D2D7D91-3DD9-4613-A70B-3882304B24FB}" dt="2025-06-02T05:32:45.276" v="12"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{7B7F42BA-3530-4DC3-B147-FA3562FD7A6F}" dt="2024-05-13T12:16:28.851" v="6"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3276602524" sldId="257"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1D2D7D91-3DD9-4613-A70B-3882304B24FB}" dt="2025-06-02T05:32:45.633" v="13"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{7B7F42BA-3530-4DC3-B147-FA3562FD7A6F}" dt="2024-05-13T12:16:29.173" v="7"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3163580185" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1D2D7D91-3DD9-4613-A70B-3882304B24FB}" dt="2025-06-02T05:32:45.956" v="14"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{7B7F42BA-3530-4DC3-B147-FA3562FD7A6F}" dt="2024-05-13T12:16:29.666" v="8"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2479436687" sldId="259"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1D2D7D91-3DD9-4613-A70B-3882304B24FB}" dt="2025-06-02T05:32:46.273" v="15"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{7B7F42BA-3530-4DC3-B147-FA3562FD7A6F}" dt="2024-05-13T12:16:29.861" v="9"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1908291222" sldId="260"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1D2D7D91-3DD9-4613-A70B-3882304B24FB}" dt="2025-06-02T05:32:46.586" v="16"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{7B7F42BA-3530-4DC3-B147-FA3562FD7A6F}" dt="2024-05-13T12:16:30.166" v="10"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="409734083" sldId="262"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1D2D7D91-3DD9-4613-A70B-3882304B24FB}" dt="2025-06-02T05:32:46.926" v="17"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{7B7F42BA-3530-4DC3-B147-FA3562FD7A6F}" dt="2024-05-13T12:16:30.428" v="11"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3427797589" sldId="263"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
-    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58046736-9572-429B-871F-C8798F6E9E32}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:54.114" v="5"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58046736-9572-429B-871F-C8798F6E9E32}" dt="2024-06-19T12:26:02.157" v="11"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:50.574" v="0"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58046736-9572-429B-871F-C8798F6E9E32}" dt="2024-06-19T12:25:59.093" v="6"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3276602524" sldId="257"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:51.440" v="1"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58046736-9572-429B-871F-C8798F6E9E32}" dt="2024-06-19T12:25:59.725" v="7"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3163580185" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:52.131" v="2"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58046736-9572-429B-871F-C8798F6E9E32}" dt="2024-06-19T12:26:00.428" v="8"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2479436687" sldId="259"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:52.880" v="3"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58046736-9572-429B-871F-C8798F6E9E32}" dt="2024-06-19T12:26:01.098" v="9"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1908291222" sldId="260"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:53.498" v="4"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58046736-9572-429B-871F-C8798F6E9E32}" dt="2024-06-19T12:26:01.723" v="10"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="409734083" sldId="262"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:54.114" v="5"/>
-[...50 lines deleted...]
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{4E852698-B19C-40CC-BA04-DB84B611E205}" dt="2024-01-10T09:26:21.049" v="5"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58046736-9572-429B-871F-C8798F6E9E32}" dt="2024-06-19T12:26:02.157" v="11"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3427797589" sldId="263"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58E9797E-F97A-47F8-AFB6-E57D3D10D67D}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58E9797E-F97A-47F8-AFB6-E57D3D10D67D}" dt="2024-09-03T06:27:44.856" v="11"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58E9797E-F97A-47F8-AFB6-E57D3D10D67D}" dt="2024-09-03T06:27:42.615" v="6"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3276602524" sldId="257"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58E9797E-F97A-47F8-AFB6-E57D3D10D67D}" dt="2024-09-03T06:27:42.971" v="7"/>
         <pc:sldMkLst>
           <pc:docMk/>
@@ -647,50 +596,428 @@
           <pc:docMk/>
           <pc:sldMk cId="2479436687" sldId="259"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58E9797E-F97A-47F8-AFB6-E57D3D10D67D}" dt="2024-09-03T06:27:44.100" v="9"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1908291222" sldId="260"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58E9797E-F97A-47F8-AFB6-E57D3D10D67D}" dt="2024-09-03T06:27:44.370" v="10"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="409734083" sldId="262"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{58E9797E-F97A-47F8-AFB6-E57D3D10D67D}" dt="2024-09-03T06:27:44.856" v="11"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3427797589" sldId="263"/>
         </pc:sldMkLst>
       </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:34.261" v="23"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:32.700" v="18"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3276602524" sldId="257"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:32.700" v="18"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3276602524" sldId="257"/>
+            <ac:graphicFrameMk id="6" creationId="{CA999852-C6BC-3F5B-A7D4-46D28A163B25}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.047" v="19"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3163580185" sldId="258"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.047" v="19"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3163580185" sldId="258"/>
+            <ac:graphicFrameMk id="6" creationId="{D0EF68F6-7862-63A5-1B5B-9DFFA67EB3E3}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.372" v="20"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2479436687" sldId="259"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.372" v="20"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2479436687" sldId="259"/>
+            <ac:graphicFrameMk id="6" creationId="{2F42FFF6-A3FF-E457-DC84-A1973C127A30}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.702" v="21"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1908291222" sldId="260"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.702" v="21"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1908291222" sldId="260"/>
+            <ac:graphicFrameMk id="6" creationId="{6371D530-B18E-DC0A-19D9-6A37CEB5D33F}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.991" v="22"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="409734083" sldId="262"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.991" v="22"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="409734083" sldId="262"/>
+            <ac:graphicFrameMk id="6" creationId="{ED04FD3E-3F0F-5346-7BB3-E3440DFEF69E}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:34.261" v="23"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3427797589" sldId="263"/>
+        </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:34.261" v="23"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3427797589" sldId="263"/>
+            <ac:graphicFrameMk id="6" creationId="{A12E4078-7091-AEF9-C7BA-F7ECB1DB0FDA}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5342EB36-E615-4928-8A2A-D84A57B5C40E}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5342EB36-E615-4928-8A2A-D84A57B5C40E}" dt="2024-04-08T08:27:29.926" v="11"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5342EB36-E615-4928-8A2A-D84A57B5C40E}" dt="2024-04-08T08:27:28.410" v="6"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3276602524" sldId="257"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5342EB36-E615-4928-8A2A-D84A57B5C40E}" dt="2024-04-08T08:27:28.726" v="7"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3163580185" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5342EB36-E615-4928-8A2A-D84A57B5C40E}" dt="2024-04-08T08:27:29.010" v="8"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2479436687" sldId="259"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5342EB36-E615-4928-8A2A-D84A57B5C40E}" dt="2024-04-08T08:27:29.341" v="9"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1908291222" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5342EB36-E615-4928-8A2A-D84A57B5C40E}" dt="2024-04-08T08:27:29.638" v="10"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="409734083" sldId="262"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{5342EB36-E615-4928-8A2A-D84A57B5C40E}" dt="2024-04-08T08:27:29.926" v="11"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3427797589" sldId="263"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{C8445E7D-B7E5-4FC8-B62F-8B32C596F1FD}"/>
+    <pc:docChg chg="addSld delSld modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{C8445E7D-B7E5-4FC8-B62F-8B32C596F1FD}" dt="2023-10-27T12:03:29.719" v="732" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{C8445E7D-B7E5-4FC8-B62F-8B32C596F1FD}" dt="2023-10-27T12:03:29.719" v="732" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2299458728" sldId="256"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add del">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{C8445E7D-B7E5-4FC8-B62F-8B32C596F1FD}" dt="2023-10-27T07:51:32.222" v="573" actId="2696"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1715891181" sldId="261"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CE0482CB-FCC4-4E9D-AE2B-4D38428D6F02}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CE0482CB-FCC4-4E9D-AE2B-4D38428D6F02}" dt="2025-04-08T06:33:57.678" v="65"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CE0482CB-FCC4-4E9D-AE2B-4D38428D6F02}" dt="2025-04-08T06:33:54.209" v="60"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3276602524" sldId="257"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CE0482CB-FCC4-4E9D-AE2B-4D38428D6F02}" dt="2025-04-08T06:33:55.048" v="61"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3163580185" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CE0482CB-FCC4-4E9D-AE2B-4D38428D6F02}" dt="2025-04-08T06:33:55.664" v="62"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2479436687" sldId="259"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CE0482CB-FCC4-4E9D-AE2B-4D38428D6F02}" dt="2025-04-08T06:33:56.405" v="63"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1908291222" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CE0482CB-FCC4-4E9D-AE2B-4D38428D6F02}" dt="2025-04-08T06:33:57.205" v="64"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="409734083" sldId="262"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{CE0482CB-FCC4-4E9D-AE2B-4D38428D6F02}" dt="2025-04-08T06:33:57.678" v="65"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3427797589" sldId="263"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1D2D7D91-3DD9-4613-A70B-3882304B24FB}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{1D2D7D91-3DD9-4613-A70B-3882304B24FB}" dt="2025-06-02T05:32:46.926" v="17"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{EA7A1A1D-79DE-4FB5-90A9-B94477276496}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{EA7A1A1D-79DE-4FB5-90A9-B94477276496}" dt="2025-01-02T08:58:01.910" v="6"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="delSp">
+        <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{EA7A1A1D-79DE-4FB5-90A9-B94477276496}" dt="2025-01-02T08:58:01.910" v="0"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2299458728" sldId="256"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{9159A80A-BC4F-43D1-B9EC-F2873A703F17}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{9159A80A-BC4F-43D1-B9EC-F2873A703F17}" dt="2023-12-05T10:56:56.667" v="23"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2B400470-E4F3-4E70-99E7-76C4AF485F4B}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2B400470-E4F3-4E70-99E7-76C4AF485F4B}" dt="2025-10-05T20:48:16.458" v="5"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2B400470-E4F3-4E70-99E7-76C4AF485F4B}" dt="2025-10-05T20:48:14.177" v="0"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3276602524" sldId="257"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2B400470-E4F3-4E70-99E7-76C4AF485F4B}" dt="2025-10-05T20:48:14.632" v="1"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3163580185" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2B400470-E4F3-4E70-99E7-76C4AF485F4B}" dt="2025-10-05T20:48:14.994" v="2"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2479436687" sldId="259"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2B400470-E4F3-4E70-99E7-76C4AF485F4B}" dt="2025-10-05T20:48:15.597" v="3"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1908291222" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2B400470-E4F3-4E70-99E7-76C4AF485F4B}" dt="2025-10-05T20:48:16.019" v="4"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="409734083" sldId="262"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2B400470-E4F3-4E70-99E7-76C4AF485F4B}" dt="2025-10-05T20:48:16.458" v="5"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3427797589" sldId="263"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{4E852698-B19C-40CC-BA04-DB84B611E205}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{4E852698-B19C-40CC-BA04-DB84B611E205}" dt="2024-01-10T09:26:21.049" v="5"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:54.114" v="5"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:50.574" v="0"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3276602524" sldId="257"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:51.440" v="1"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3163580185" sldId="258"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:52.131" v="2"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2479436687" sldId="259"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:52.880" v="3"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1908291222" sldId="260"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:53.498" v="4"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="409734083" sldId="262"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{F0232A4E-66EA-4A97-9444-25E47D7224AA}" dt="2024-08-06T05:41:54.114" v="5"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3427797589" sldId="263"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{FB77F99D-D8C8-4E54-B1AC-A99610DE9586}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{FB77F99D-D8C8-4E54-B1AC-A99610DE9586}" dt="2025-09-07T20:52:29.747" v="11"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{A936C00F-6566-4CDC-93D9-1012FF01A81A}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{A936C00F-6566-4CDC-93D9-1012FF01A81A}" dt="2024-02-12T08:44:12.546" v="5"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{A936C00F-6566-4CDC-93D9-1012FF01A81A}" dt="2024-02-12T08:44:10.836" v="0"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3276602524" sldId="257"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{A936C00F-6566-4CDC-93D9-1012FF01A81A}" dt="2024-02-12T08:44:11.402" v="1"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3163580185" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{A936C00F-6566-4CDC-93D9-1012FF01A81A}" dt="2024-02-12T08:44:11.696" v="2"/>
@@ -707,668 +1034,50 @@
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{A936C00F-6566-4CDC-93D9-1012FF01A81A}" dt="2024-02-12T08:44:12.286" v="4"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="409734083" sldId="262"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{A936C00F-6566-4CDC-93D9-1012FF01A81A}" dt="2024-02-12T08:44:12.546" v="5"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3427797589" sldId="263"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{40A56244-74B1-4C59-B233-35903B46AA0B}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{40A56244-74B1-4C59-B233-35903B46AA0B}" dt="2024-03-05T05:51:03.472" v="11"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-[...616 lines deleted...]
-      </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -1428,51 +1137,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>5.10.2025</a:t>
+              <a:t>8.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -1614,51 +1323,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2025</a:t>
+              <a:t>8.12.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -11556,51 +11265,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA999852-C6BC-3F5B-A7D4-46D28A163B25}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2775544199"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1566637743"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA999852-C6BC-3F5B-A7D4-46D28A163B25}"/>
@@ -11745,51 +11454,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0EF68F6-7862-63A5-1B5B-9DFFA67EB3E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3490903648"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="592978995"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0EF68F6-7862-63A5-1B5B-9DFFA67EB3E3}"/>
@@ -11929,51 +11638,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F42FFF6-A3FF-E457-DC84-A1973C127A30}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3295121463"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1631508996"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F42FFF6-A3FF-E457-DC84-A1973C127A30}"/>
@@ -12113,51 +11822,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6371D530-B18E-DC0A-19D9-6A37CEB5D33F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2590670725"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="801621497"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6371D530-B18E-DC0A-19D9-6A37CEB5D33F}"/>
@@ -12297,51 +12006,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED04FD3E-3F0F-5346-7BB3-E3440DFEF69E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2772113484"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2363103794"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED04FD3E-3F0F-5346-7BB3-E3440DFEF69E}"/>
@@ -12481,51 +12190,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A12E4078-7091-AEF9-C7BA-F7ECB1DB0FDA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3032308429"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3003642360"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A12E4078-7091-AEF9-C7BA-F7ECB1DB0FDA}"/>