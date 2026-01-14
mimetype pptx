--- v1 (2025-12-25)
+++ v2 (2026-01-14)
@@ -200,51 +200,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{633217E1-B3DD-4797-82CF-DD17C341D921}" v="12" dt="2025-12-07T22:18:34.261"/>
+    <p1510:client id="{638674D9-21A9-4D48-83B4-69529AAB2CAD}" v="6" dt="2026-01-04T16:17:19.285"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -446,638 +446,146 @@
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="96" d="100"/>
           <a:sy n="96" d="100"/>
         </p:scale>
         <p:origin x="3558" y="90"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{7B7F42BA-3530-4DC3-B147-FA3562FD7A6F}"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{7B7F42BA-3530-4DC3-B147-FA3562FD7A6F}" dt="2024-05-13T12:16:30.428" v="11"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:19.285" v="29"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{7B7F42BA-3530-4DC3-B147-FA3562FD7A6F}" dt="2024-05-13T12:16:28.851" v="6"/>
-[...152 lines deleted...]
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:32.700" v="18"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:16.544" v="24"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3276602524" sldId="257"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:32.700" v="18"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:16.544" v="24"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3276602524" sldId="257"/>
             <ac:graphicFrameMk id="6" creationId="{CA999852-C6BC-3F5B-A7D4-46D28A163B25}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.047" v="19"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:16.951" v="25"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3163580185" sldId="258"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.047" v="19"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:16.951" v="25"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3163580185" sldId="258"/>
             <ac:graphicFrameMk id="6" creationId="{D0EF68F6-7862-63A5-1B5B-9DFFA67EB3E3}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.372" v="20"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:17.357" v="26"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2479436687" sldId="259"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.372" v="20"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:17.357" v="26"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2479436687" sldId="259"/>
             <ac:graphicFrameMk id="6" creationId="{2F42FFF6-A3FF-E457-DC84-A1973C127A30}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.702" v="21"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:18.252" v="27"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1908291222" sldId="260"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.702" v="21"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:18.252" v="27"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1908291222" sldId="260"/>
             <ac:graphicFrameMk id="6" creationId="{6371D530-B18E-DC0A-19D9-6A37CEB5D33F}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.991" v="22"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:18.811" v="28"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="409734083" sldId="262"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:33.991" v="22"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:18.811" v="28"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="409734083" sldId="262"/>
             <ac:graphicFrameMk id="6" creationId="{ED04FD3E-3F0F-5346-7BB3-E3440DFEF69E}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:34.261" v="23"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:19.285" v="29"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3427797589" sldId="263"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-12-07T22:18:34.261" v="23"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:19.285" v="29"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3427797589" sldId="263"/>
             <ac:graphicFrameMk id="6" creationId="{A12E4078-7091-AEF9-C7BA-F7ECB1DB0FDA}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
-    </pc:docChg>
-[...337 lines deleted...]
-      </pc:docMkLst>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -1137,51 +645,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>8.12.2025</a:t>
+              <a:t>4.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -1323,51 +831,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>8.12.2025</a:t>
+              <a:t>4.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -11265,51 +10773,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA999852-C6BC-3F5B-A7D4-46D28A163B25}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1566637743"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2043195069"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA999852-C6BC-3F5B-A7D4-46D28A163B25}"/>
@@ -11454,51 +10962,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0EF68F6-7862-63A5-1B5B-9DFFA67EB3E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="592978995"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1035538132"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0EF68F6-7862-63A5-1B5B-9DFFA67EB3E3}"/>
@@ -11638,51 +11146,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F42FFF6-A3FF-E457-DC84-A1973C127A30}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1631508996"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4164155819"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F42FFF6-A3FF-E457-DC84-A1973C127A30}"/>
@@ -11822,51 +11330,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6371D530-B18E-DC0A-19D9-6A37CEB5D33F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="801621497"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1330548368"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6371D530-B18E-DC0A-19D9-6A37CEB5D33F}"/>
@@ -12006,51 +11514,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED04FD3E-3F0F-5346-7BB3-E3440DFEF69E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2363103794"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3034219970"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED04FD3E-3F0F-5346-7BB3-E3440DFEF69E}"/>
@@ -12190,51 +11698,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A12E4078-7091-AEF9-C7BA-F7ECB1DB0FDA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3003642360"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2432049182"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A12E4078-7091-AEF9-C7BA-F7ECB1DB0FDA}"/>
@@ -13076,50 +12584,70 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<Kameleon>
+  <henkilotietoja>Ei</henkilotietoja>
+  <taydenne/>
+  <tyyppi>Esitys</tyyppi>
+  <paivays>2023-10-26</paivays>
+  <tekija/>
+  <otsikko/>
+</Kameleon>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101001A800A5D7D6AB54E9FD9AC6D6F69B608" ma:contentTypeVersion="15" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="317e0ea69236fd2fc99adf239d474a34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xmlns:ns3="4bd33ff3-82dc-46e3-8e2f-044c93593367" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e48960dccb225393642dd0ee9fd8cf5b" ns2:_="" ns3:_="">
     <xsd:import namespace="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <xsd:import namespace="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -13312,111 +12840,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C941645F-5A96-4F76-A614-E3EF16097354}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
-</ds:datastoreItem>
-[...12 lines deleted...]
-  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>64</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>22</Paragraphs>
   <Slides>7</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>