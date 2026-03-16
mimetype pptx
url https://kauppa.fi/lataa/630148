--- v2 (2026-01-14)
+++ v3 (2026-03-16)
@@ -46,55 +46,56 @@
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId13"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId14"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="257" r:id="rId7"/>
     <p:sldId id="258" r:id="rId8"/>
     <p:sldId id="259" r:id="rId9"/>
     <p:sldId id="260" r:id="rId10"/>
     <p:sldId id="262" r:id="rId11"/>
     <p:sldId id="263" r:id="rId12"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
@@ -200,51 +201,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{638674D9-21A9-4D48-83B4-69529AAB2CAD}" v="6" dt="2026-01-04T16:17:19.285"/>
+    <p1510:client id="{4F364269-264A-41D3-8976-200C745E4ABC}" v="6" dt="2026-03-08T20:03:09.490"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -448,137 +449,137 @@
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="96" d="100"/>
           <a:sy n="96" d="100"/>
         </p:scale>
         <p:origin x="3558" y="90"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:19.285" v="29"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:03:09.490" v="41"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:16.544" v="24"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:02:14.499" v="36"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3276602524" sldId="257"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:16.544" v="24"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:02:14.499" v="36"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3276602524" sldId="257"/>
             <ac:graphicFrameMk id="6" creationId="{CA999852-C6BC-3F5B-A7D4-46D28A163B25}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:16.951" v="25"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:02:25.537" v="37"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3163580185" sldId="258"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:16.951" v="25"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:02:25.537" v="37"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3163580185" sldId="258"/>
             <ac:graphicFrameMk id="6" creationId="{D0EF68F6-7862-63A5-1B5B-9DFFA67EB3E3}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:17.357" v="26"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:02:36.372" v="38"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2479436687" sldId="259"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:17.357" v="26"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:02:36.372" v="38"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2479436687" sldId="259"/>
             <ac:graphicFrameMk id="6" creationId="{2F42FFF6-A3FF-E457-DC84-A1973C127A30}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:18.252" v="27"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:02:47.602" v="39"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1908291222" sldId="260"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:18.252" v="27"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:02:47.602" v="39"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1908291222" sldId="260"/>
             <ac:graphicFrameMk id="6" creationId="{6371D530-B18E-DC0A-19D9-6A37CEB5D33F}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:18.811" v="28"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:02:58.611" v="40"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="409734083" sldId="262"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:18.811" v="28"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:02:58.611" v="40"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="409734083" sldId="262"/>
             <ac:graphicFrameMk id="6" creationId="{ED04FD3E-3F0F-5346-7BB3-E3440DFEF69E}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:19.285" v="29"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:03:09.490" v="41"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3427797589" sldId="263"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:17:19.285" v="29"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:03:09.490" v="41"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3427797589" sldId="263"/>
             <ac:graphicFrameMk id="6" creationId="{A12E4078-7091-AEF9-C7BA-F7ECB1DB0FDA}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
@@ -645,51 +646,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>4.1.2026</a:t>
+              <a:t>8.3.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -831,51 +832,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>4.1.2026</a:t>
+              <a:t>8.3.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -10773,51 +10774,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA999852-C6BC-3F5B-A7D4-46D28A163B25}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2043195069"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="132068748"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA999852-C6BC-3F5B-A7D4-46D28A163B25}"/>
@@ -10962,51 +10963,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0EF68F6-7862-63A5-1B5B-9DFFA67EB3E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1035538132"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1307275983"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0EF68F6-7862-63A5-1B5B-9DFFA67EB3E3}"/>
@@ -11146,51 +11147,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F42FFF6-A3FF-E457-DC84-A1973C127A30}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4164155819"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1524338340"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F42FFF6-A3FF-E457-DC84-A1973C127A30}"/>
@@ -11330,51 +11331,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6371D530-B18E-DC0A-19D9-6A37CEB5D33F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1330548368"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3261859974"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6371D530-B18E-DC0A-19D9-6A37CEB5D33F}"/>
@@ -11514,51 +11515,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED04FD3E-3F0F-5346-7BB3-E3440DFEF69E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3034219970"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3130727409"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED04FD3E-3F0F-5346-7BB3-E3440DFEF69E}"/>
@@ -11698,51 +11699,51 @@
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E1791F18-F888-40AB-A1D6-2E1777E6306C}" type="slidenum">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A12E4078-7091-AEF9-C7BA-F7ECB1DB0FDA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2432049182"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1890226360"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A12E4078-7091-AEF9-C7BA-F7ECB1DB0FDA}"/>
@@ -12573,81 +12574,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101001A800A5D7D6AB54E9FD9AC6D6F69B608" ma:contentTypeVersion="15" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="317e0ea69236fd2fc99adf239d474a34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xmlns:ns3="4bd33ff3-82dc-46e3-8e2f-044c93593367" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e48960dccb225393642dd0ee9fd8cf5b" ns2:_="" ns3:_="">
     <xsd:import namespace="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <xsd:import namespace="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -12840,92 +12819,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<Kameleon>
+  <henkilotietoja>Ei</henkilotietoja>
+  <taydenne/>
+  <tyyppi>Esitys</tyyppi>
+  <paivays>2023-10-26</paivays>
+  <tekija/>
+  <otsikko/>
+</Kameleon>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
+    <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C941645F-5A96-4F76-A614-E3EF16097354}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{f220015a-7bb9-4da9-9898-09cb97e9e0d6}" enabled="1" method="Standard" siteId="{b8507232-19fc-4b8a-a295-4838901604ac}" contentBits="1" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>64</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>22</Paragraphs>
   <Slides>7</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Teema</vt:lpstr>