--- v0 (2025-10-10)
+++ v1 (2025-11-13)
@@ -200,51 +200,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{E02D2BFE-7FE3-4EA4-84E4-8DE39D9B0434}" v="12" dt="2025-10-05T20:47:39.205"/>
+    <p1510:client id="{DA1324B2-7B14-4B4B-87E6-3DE53E722B2F}" v="6" dt="2025-11-09T22:26:07.562"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -567,133 +567,85 @@
           <pc:sldMk cId="2014963465" sldId="261"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="addSp delSp modSp">
         <pc:chgData name="Jaana Sivén" userId="8657cd00-fcc2-4c6e-96c9-f8ae6495f4e1" providerId="ADAL" clId="{AA0F2E52-9C8F-4436-B5D5-91E8593A96D7}" dt="2025-01-02T08:57:24.020" v="16"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1757323812" sldId="262"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{93E9B4E4-5FD1-40CF-ABEF-E71F428AB7FD}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{93E9B4E4-5FD1-40CF-ABEF-E71F428AB7FD}" dt="2025-09-07T15:02:53.856" v="35"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{93E9B4E4-5FD1-40CF-ABEF-E71F428AB7FD}" dt="2025-09-07T15:02:51.339" v="30"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3448852264" sldId="257"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{93E9B4E4-5FD1-40CF-ABEF-E71F428AB7FD}" dt="2025-09-07T15:02:52.240" v="32"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1327129611" sldId="258"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{93E9B4E4-5FD1-40CF-ABEF-E71F428AB7FD}" dt="2025-09-07T15:02:52.856" v="33"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3985080796" sldId="259"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{93E9B4E4-5FD1-40CF-ABEF-E71F428AB7FD}" dt="2025-09-07T15:02:53.362" v="34"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2333933182" sldId="260"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{93E9B4E4-5FD1-40CF-ABEF-E71F428AB7FD}" dt="2025-09-07T15:02:53.856" v="35"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2014963465" sldId="261"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{93E9B4E4-5FD1-40CF-ABEF-E71F428AB7FD}" dt="2025-09-07T15:02:51.845" v="31"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1757323812" sldId="262"/>
         </pc:sldMkLst>
-        <pc:graphicFrameChg chg="mod">
-[...6 lines deleted...]
-        </pc:graphicFrameChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{92F06165-28B0-4792-997A-69BD6F1C0884}"/>
     <pc:docChg chg="undo custSel modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{92F06165-28B0-4792-997A-69BD6F1C0884}" dt="2024-04-08T08:26:12.665" v="13"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{92F06165-28B0-4792-997A-69BD6F1C0884}" dt="2024-04-08T08:26:10.708" v="8"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3448852264" sldId="257"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{92F06165-28B0-4792-997A-69BD6F1C0884}" dt="2024-04-08T08:26:11.388" v="10"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1327129611" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
@@ -922,293 +874,86 @@
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2095A3A0-3788-46D5-828A-CD512C3044B3}" dt="2024-09-03T06:28:09.132" v="5"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2014963465" sldId="261"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{2095A3A0-3788-46D5-828A-CD512C3044B3}" dt="2024-09-03T06:28:06.448" v="1"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1757323812" sldId="262"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{4D681B75-17D3-4911-988A-CDA093B8FEB4}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{4D681B75-17D3-4911-988A-CDA093B8FEB4}" dt="2024-06-19T12:25:23.227" v="11"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-[...40 lines deleted...]
-      </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B087BAAD-9990-41B7-B3D0-172A4AD28074}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B087BAAD-9990-41B7-B3D0-172A4AD28074}" dt="2024-05-13T12:12:54.920" v="5"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-[...40 lines deleted...]
-      </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{92AFD16C-B59F-4C6D-A485-DBC2B919803A}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{92AFD16C-B59F-4C6D-A485-DBC2B919803A}" dt="2024-08-06T05:42:19.867" v="5"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-[...40 lines deleted...]
-      </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{E02D2BFE-7FE3-4EA4-84E4-8DE39D9B0434}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{E02D2BFE-7FE3-4EA4-84E4-8DE39D9B0434}" dt="2025-10-05T20:47:39.205" v="11"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-[...88 lines deleted...]
-      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2025-11-09T22:26:07.562" v="5"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470723D9-F9EE-46DE-ADEE-04DC7D51D749}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470723D9-F9EE-46DE-ADEE-04DC7D51D749}" dt="2023-12-05T09:32:15.132" v="41"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470723D9-F9EE-46DE-ADEE-04DC7D51D749}" dt="2023-12-05T09:32:11.143" v="36"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3448852264" sldId="257"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470723D9-F9EE-46DE-ADEE-04DC7D51D749}" dt="2023-12-05T09:32:12.523" v="38"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1327129611" sldId="258"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470723D9-F9EE-46DE-ADEE-04DC7D51D749}" dt="2023-12-05T09:32:13.386" v="39"/>
@@ -1225,92 +970,50 @@
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470723D9-F9EE-46DE-ADEE-04DC7D51D749}" dt="2023-12-05T09:32:15.132" v="41"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2014963465" sldId="261"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
         <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{470723D9-F9EE-46DE-ADEE-04DC7D51D749}" dt="2023-12-05T09:32:12.073" v="37"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1757323812" sldId="262"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{AF5F567F-18EC-419C-9F7F-9FC0F9852566}"/>
     <pc:docChg chg="modSld">
       <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{AF5F567F-18EC-419C-9F7F-9FC0F9852566}" dt="2025-04-08T06:33:13.197" v="53"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp">
-[...40 lines deleted...]
-      </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -1370,51 +1073,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>5.10.2025</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -1556,51 +1259,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>5.10.2025</a:t>
+              <a:t>10.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -11467,51 +11170,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2873CFA-B2AA-E70C-95A0-23BD8172A14F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2639354464"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="189833571"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2873CFA-B2AA-E70C-95A0-23BD8172A14F}"/>
@@ -11651,51 +11354,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2FB5130-E096-189F-B957-DDD31FE30C86}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1781239860"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3574908362"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2FB5130-E096-189F-B957-DDD31FE30C86}"/>
@@ -11835,51 +11538,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C66258B8-20D8-8D25-F948-1A847DB8E635}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2919168522"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1018859269"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C66258B8-20D8-8D25-F948-1A847DB8E635}"/>
@@ -12019,51 +11722,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92AAB1B0-44CB-692F-620A-ED665E910EF6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2799080457"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3393469034"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92AAB1B0-44CB-692F-620A-ED665E910EF6}"/>
@@ -12203,51 +11906,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E64F952-FF40-361B-0444-3262BDEB5F3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1643887358"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2353990121"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E64F952-FF40-361B-0444-3262BDEB5F3F}"/>
@@ -12387,51 +12090,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C6EA90-3FC5-25BA-E19F-628A07421BC5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3734809777"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4030726026"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C6EA90-3FC5-25BA-E19F-628A07421BC5}"/>
@@ -13528,121 +13231,121 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<Kameleon>
+  <henkilotietoja>Ei</henkilotietoja>
+  <taydenne/>
+  <tyyppi>Esitys</tyyppi>
+  <paivays>2023-10-26</paivays>
+  <tekija/>
+  <otsikko/>
+</Kameleon>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<Kameleon>
-[...6 lines deleted...]
-</Kameleon>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
-[...2 lines deleted...]
-  </ds:schemaRefs>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32EE15B0-4301-40CF-A45F-B6D0D720F2B9}">
+  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32EE15B0-4301-40CF-A45F-B6D0D720F2B9}">
-  <ds:schemaRefs/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>43</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>22</Paragraphs>
   <Slides>7</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>