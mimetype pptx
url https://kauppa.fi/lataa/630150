--- v1 (2025-11-13)
+++ v2 (2026-01-14)
@@ -200,51 +200,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{DA1324B2-7B14-4B4B-87E6-3DE53E722B2F}" v="6" dt="2025-11-09T22:26:07.562"/>
+    <p1510:client id="{C562C3D4-5A67-45E2-ABD6-5B5514298671}" v="24" dt="2026-01-04T16:16:48.029"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -446,574 +446,146 @@
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="96" d="100"/>
           <a:sy n="96" d="100"/>
         </p:scale>
         <p:origin x="3558" y="90"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA021C2A-0D61-4F98-B87F-E375758652F5}"/>
+    <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA021C2A-0D61-4F98-B87F-E375758652F5}" dt="2024-03-05T05:50:07.039" v="11"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:48.029" v="29"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA021C2A-0D61-4F98-B87F-E375758652F5}" dt="2024-03-05T05:50:03.652" v="6"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:45.795" v="24"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3448852264" sldId="257"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:45.795" v="24"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3448852264" sldId="257"/>
+            <ac:graphicFrameMk id="6" creationId="{B2873CFA-B2AA-E70C-95A0-23BD8172A14F}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA021C2A-0D61-4F98-B87F-E375758652F5}" dt="2024-03-05T05:50:05.218" v="8"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.378" v="26"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1327129611" sldId="258"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.378" v="26"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1327129611" sldId="258"/>
+            <ac:graphicFrameMk id="6" creationId="{C66258B8-20D8-8D25-F948-1A847DB8E635}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA021C2A-0D61-4F98-B87F-E375758652F5}" dt="2024-03-05T05:50:05.815" v="9"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.650" v="27"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3985080796" sldId="259"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.650" v="27"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3985080796" sldId="259"/>
+            <ac:graphicFrameMk id="6" creationId="{92AAB1B0-44CB-692F-620A-ED665E910EF6}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA021C2A-0D61-4F98-B87F-E375758652F5}" dt="2024-03-05T05:50:06.565" v="10"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.968" v="28"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2333933182" sldId="260"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.968" v="28"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2333933182" sldId="260"/>
+            <ac:graphicFrameMk id="6" creationId="{0E64F952-FF40-361B-0444-3262BDEB5F3F}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA021C2A-0D61-4F98-B87F-E375758652F5}" dt="2024-03-05T05:50:07.039" v="11"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:48.029" v="29"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2014963465" sldId="261"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:48.029" v="29"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2014963465" sldId="261"/>
+            <ac:graphicFrameMk id="6" creationId="{64C6EA90-3FC5-25BA-E19F-628A07421BC5}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{BA021C2A-0D61-4F98-B87F-E375758652F5}" dt="2024-03-05T05:50:04.459" v="7"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.084" v="25"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1757323812" sldId="262"/>
         </pc:sldMkLst>
+        <pc:graphicFrameChg chg="mod">
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.084" v="25"/>
+          <ac:graphicFrameMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1757323812" sldId="262"/>
+            <ac:graphicFrameMk id="6" creationId="{A2FB5130-E096-189F-B957-DDD31FE30C86}"/>
+          </ac:graphicFrameMkLst>
+        </pc:graphicFrameChg>
       </pc:sldChg>
-    </pc:docChg>
-[...474 lines deleted...]
-      </pc:docMkLst>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -1073,51 +645,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>10.11.2025</a:t>
+              <a:t>4.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -1259,51 +831,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>10.11.2025</a:t>
+              <a:t>4.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -11170,51 +10742,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2873CFA-B2AA-E70C-95A0-23BD8172A14F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="189833571"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2268533028"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2873CFA-B2AA-E70C-95A0-23BD8172A14F}"/>
@@ -11354,51 +10926,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2FB5130-E096-189F-B957-DDD31FE30C86}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3574908362"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="409804593"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2FB5130-E096-189F-B957-DDD31FE30C86}"/>
@@ -11538,51 +11110,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C66258B8-20D8-8D25-F948-1A847DB8E635}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1018859269"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2655678938"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C66258B8-20D8-8D25-F948-1A847DB8E635}"/>
@@ -11722,51 +11294,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92AAB1B0-44CB-692F-620A-ED665E910EF6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3393469034"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1273255252"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92AAB1B0-44CB-692F-620A-ED665E910EF6}"/>
@@ -11906,51 +11478,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E64F952-FF40-361B-0444-3262BDEB5F3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2353990121"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1481507199"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E64F952-FF40-361B-0444-3262BDEB5F3F}"/>
@@ -12090,51 +11662,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C6EA90-3FC5-25BA-E19F-628A07421BC5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4030726026"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1558120422"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C6EA90-3FC5-25BA-E19F-628A07421BC5}"/>