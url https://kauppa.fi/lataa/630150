--- v2 (2026-01-14)
+++ v3 (2026-03-16)
@@ -46,55 +46,56 @@
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId13"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId14"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId6"/>
     <p:sldId id="257" r:id="rId7"/>
     <p:sldId id="262" r:id="rId8"/>
     <p:sldId id="258" r:id="rId9"/>
     <p:sldId id="259" r:id="rId10"/>
     <p:sldId id="260" r:id="rId11"/>
     <p:sldId id="261" r:id="rId12"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
@@ -200,51 +201,51 @@
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{C562C3D4-5A67-45E2-ABD6-5B5514298671}" v="24" dt="2026-01-04T16:16:48.029"/>
+    <p1510:client id="{7BB18BAC-BE6D-4E1E-827C-2F34B0F01D81}" v="6" dt="2026-03-08T20:01:37.833"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Normaali tyyli 2 - Korostus 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -448,137 +449,137 @@
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="96" d="100"/>
           <a:sy n="96" d="100"/>
         </p:scale>
         <p:origin x="3558" y="90"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}"/>
     <pc:docChg chg="modSld">
-      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:48.029" v="29"/>
+      <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:01:37.833" v="47"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:45.795" v="24"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:00:44.210" v="42"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3448852264" sldId="257"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:45.795" v="24"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:00:44.210" v="42"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3448852264" sldId="257"/>
             <ac:graphicFrameMk id="6" creationId="{B2873CFA-B2AA-E70C-95A0-23BD8172A14F}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.378" v="26"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:01:05.543" v="44"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1327129611" sldId="258"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.378" v="26"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:01:05.543" v="44"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1327129611" sldId="258"/>
             <ac:graphicFrameMk id="6" creationId="{C66258B8-20D8-8D25-F948-1A847DB8E635}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.650" v="27"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:01:16.363" v="45"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3985080796" sldId="259"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.650" v="27"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:01:16.363" v="45"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3985080796" sldId="259"/>
             <ac:graphicFrameMk id="6" creationId="{92AAB1B0-44CB-692F-620A-ED665E910EF6}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.968" v="28"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:01:26.920" v="46"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2333933182" sldId="260"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.968" v="28"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:01:26.920" v="46"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2333933182" sldId="260"/>
             <ac:graphicFrameMk id="6" creationId="{0E64F952-FF40-361B-0444-3262BDEB5F3F}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:48.029" v="29"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:01:37.833" v="47"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2014963465" sldId="261"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:48.029" v="29"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:01:37.833" v="47"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2014963465" sldId="261"/>
             <ac:graphicFrameMk id="6" creationId="{64C6EA90-3FC5-25BA-E19F-628A07421BC5}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp">
-        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.084" v="25"/>
+        <pc:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:00:54.889" v="43"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1757323812" sldId="262"/>
         </pc:sldMkLst>
         <pc:graphicFrameChg chg="mod">
-          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-01-04T16:16:46.084" v="25"/>
+          <ac:chgData name="Heidi Lauttamäki" userId="cb42d338-2c30-4157-8ccb-e4b9f5027b7b" providerId="ADAL" clId="{B4BC1C14-9588-4EFA-97B7-25CF86B0D9AC}" dt="2026-03-08T20:00:54.889" v="43"/>
           <ac:graphicFrameMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1757323812" sldId="262"/>
             <ac:graphicFrameMk id="6" creationId="{A2FB5130-E096-189F-B957-DDD31FE30C86}"/>
           </ac:graphicFrameMkLst>
         </pc:graphicFrameChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
@@ -645,51 +646,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7E2F80CB-1516-4B4D-A070-37C555C13C0F}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t>4.1.2026</a:t>
+              <a:t>8.3.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Alatunnisteen paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D53644EB-940A-46F0-ACE3-9CBCAAA6D3D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -831,51 +832,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{71595159-EE2A-46AA-BB3A-931152BC4170}" type="datetimeFigureOut">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr/>
-              <a:t>4.1.2026</a:t>
+              <a:t>8.3.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Dian kuvan paikkamerkki 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -10742,51 +10743,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2873CFA-B2AA-E70C-95A0-23BD8172A14F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2268533028"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3055326969"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2873CFA-B2AA-E70C-95A0-23BD8172A14F}"/>
@@ -10926,51 +10927,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2FB5130-E096-189F-B957-DDD31FE30C86}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="409804593"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1028649980"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2FB5130-E096-189F-B957-DDD31FE30C86}"/>
@@ -11110,51 +11111,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C66258B8-20D8-8D25-F948-1A847DB8E635}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2655678938"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="31914256"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C66258B8-20D8-8D25-F948-1A847DB8E635}"/>
@@ -11294,51 +11295,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92AAB1B0-44CB-692F-620A-ED665E910EF6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1273255252"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4273067273"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92AAB1B0-44CB-692F-620A-ED665E910EF6}"/>
@@ -11478,51 +11479,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E64F952-FF40-361B-0444-3262BDEB5F3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1481507199"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3377421451"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E64F952-FF40-361B-0444-3262BDEB5F3F}"/>
@@ -11662,51 +11663,51 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Objekti 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C6EA90-3FC5-25BA-E19F-628A07421BC5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1558120422"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1238916792"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="992188" y="855663"/>
           <a:ext cx="7161212" cy="3433762"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
                 <p:oleObj name="Macrobond document" r:id="rId2" imgW="7161848" imgH="3434469" progId="Mbnd.mbnd">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="6" name="Objekti 5">
                         <a:extLst>
                           <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                             <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64C6EA90-3FC5-25BA-E19F-628A07421BC5}"/>
@@ -12566,50 +12567,72 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4bd33ff3-82dc-46e3-8e2f-044c93593367">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<Kameleon>
+  <henkilotietoja>Ei</henkilotietoja>
+  <taydenne/>
+  <tyyppi>Esitys</tyyppi>
+  <paivays>2023-10-26</paivays>
+  <tekija/>
+  <otsikko/>
+</Kameleon>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101001A800A5D7D6AB54E9FD9AC6D6F69B608" ma:contentTypeVersion="15" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="317e0ea69236fd2fc99adf239d474a34">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178" xmlns:ns3="4bd33ff3-82dc-46e3-8e2f-044c93593367" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e48960dccb225393642dd0ee9fd8cf5b" ns2:_="" ns3:_="">
     <xsd:import namespace="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <xsd:import namespace="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
@@ -12802,123 +12825,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3C3143-4FC1-4905-9515-A07D5D99DA33}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
+    <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32EE15B0-4301-40CF-A45F-B6D0D720F2B9}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1C8B18D-99ED-4158-AF9D-2F8C9EF9298F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3ac51bb7-8448-4a30-bc6f-1f13f1cb1178"/>
     <ds:schemaRef ds:uri="4bd33ff3-82dc-46e3-8e2f-044c93593367"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{597CAD47-95DE-4D1D-960F-C9DBA289696D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{f220015a-7bb9-4da9-9898-09cb97e9e0d6}" enabled="1" method="Standard" siteId="{b8507232-19fc-4b8a-a295-4838901604ac}" contentBits="1" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KL-vaakaesitys</Template>
   <TotalTime></TotalTime>
   <Words>43</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Näytössä katseltava esitys (16:9)</PresentationFormat>
   <Paragraphs>22</Paragraphs>
   <Slides>7</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Käytetyt fontit</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Teema</vt:lpstr>